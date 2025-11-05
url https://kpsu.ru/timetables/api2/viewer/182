--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -4,130 +4,131 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="61434192" w14:textId="435B9B64" w:rsidR="005974AC" w:rsidRPr="005A334A" w:rsidRDefault="005974AC" w:rsidP="005A334A">
+    <w:p w14:paraId="61434192" w14:textId="435B9B64" w:rsidR="005974AC" w:rsidRPr="005A334A" w:rsidRDefault="005974AC" w:rsidP="001F10F4">
       <w:pPr>
         <w:pStyle w:val="1"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A334A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Негосударственное образовательное частное учреждение</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C377001" w14:textId="77777777" w:rsidR="005974AC" w:rsidRPr="005974AC" w:rsidRDefault="005974AC" w:rsidP="005974AC">
+    <w:p w14:paraId="6C377001" w14:textId="77777777" w:rsidR="005974AC" w:rsidRPr="001F10F4" w:rsidRDefault="005974AC" w:rsidP="001F10F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F10F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Профессиональная образовательная организация </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D0BAC5" w14:textId="77777777" w:rsidR="005974AC" w:rsidRPr="005974AC" w:rsidRDefault="005974AC" w:rsidP="005974AC">
+    <w:p w14:paraId="25D0BAC5" w14:textId="77777777" w:rsidR="005974AC" w:rsidRPr="001F10F4" w:rsidRDefault="005974AC" w:rsidP="001F10F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F10F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Колледж предпринимательства и социального управления»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5399DA54" w14:textId="77777777" w:rsidR="005974AC" w:rsidRPr="005974AC" w:rsidRDefault="005974AC" w:rsidP="005974AC">
+    <w:p w14:paraId="5399DA54" w14:textId="77777777" w:rsidR="005974AC" w:rsidRPr="001F10F4" w:rsidRDefault="005974AC" w:rsidP="001F10F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005974AC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F10F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C083F0C" wp14:editId="1367AAFE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-342900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>158115</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6172200" cy="0"/>
                 <wp:effectExtent l="0" t="38100" r="0" b="38100"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Прямая соединительная линия 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
@@ -245,19070 +246,25080 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r w:rsidR="00573041">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009916D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D014EF6" w14:textId="0BF2208C" w:rsidR="00453003" w:rsidRPr="009916D8" w:rsidRDefault="009916D8" w:rsidP="005974AC">
+    <w:p w14:paraId="0D014EF6" w14:textId="0E4E0CCF" w:rsidR="00453003" w:rsidRPr="009916D8" w:rsidRDefault="009916D8" w:rsidP="005974AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009916D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">(по состоянию </w:t>
       </w:r>
       <w:r w:rsidRPr="00501CAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">на </w:t>
       </w:r>
-      <w:r w:rsidR="009A6159">
+      <w:r w:rsidR="003F6BD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>08</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>24</w:t>
+      </w:r>
       <w:r w:rsidR="005A334A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.10</w:t>
       </w:r>
       <w:r w:rsidRPr="00D35B97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>.202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00573041">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D35B97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D35B97">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00573041">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D35B97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4734BE41" w14:textId="4D73912A" w:rsidR="001D6D13" w:rsidRPr="009916D8" w:rsidRDefault="001D6D13" w:rsidP="001D6D13">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6594D205" w14:textId="77777777" w:rsidR="001D6D13" w:rsidRDefault="001D6D13" w:rsidP="001D6D13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009916D8">
+    </w:p>
+    <w:p w14:paraId="4734BE41" w14:textId="4D73912A" w:rsidR="001D6D13" w:rsidRPr="009916D8" w:rsidRDefault="001D6D13" w:rsidP="001D6D13">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Заочное отделение </w:t>
-[...6620 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009916D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA4A6D">
+        </w:rPr>
+        <w:t xml:space="preserve">Заочное отделение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7755F76F" w14:textId="77777777" w:rsidR="009916D8" w:rsidRDefault="009916D8" w:rsidP="00453003">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14F2793C" w14:textId="78164B70" w:rsidR="00BC7CD8" w:rsidRPr="00742774" w:rsidRDefault="00BC7CD8" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-9-2</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2F4C46" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Авгонов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рустам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мирзошоевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="708DF896" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акмалеева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гульназ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Динаровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1186868F" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001448ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бабенко Ангелина Викторовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E4DD5C" w14:textId="77777777" w:rsidR="00290308" w:rsidRPr="00742774" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Березина Дарья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170D0238" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001448ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бурова Арина Павловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691AD21E" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дерябина Татьяна Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FBB672" w14:textId="77777777" w:rsidR="00290308" w:rsidRPr="00742774" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996573">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зыков Лазарь Эдуардович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0792FC53" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00481F34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Карпушина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00481F34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталья Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE6A584" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коновалова Екатерина Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2768769F" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лямина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жанна Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9B780B" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C50B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Матвеева Евгения Валерьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00592660" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A50F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Моркель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A50F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владислава Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7721E566" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C50B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орокова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C50B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C50B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сезим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C50B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C50B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акылбековна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6A6A608E" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пронженко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ирина Ильинична</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E072266" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пронженко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кристина Романовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42BF4B5E" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Умаров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мухаммад </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бахтиёрович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3FBB2459" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фурманова Маргарита Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096E43F3" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B55D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чазов Максим Викторович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66317E0B" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шруль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Диана Романовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BD51C0" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ярутина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Егоровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F394F6" w14:textId="36A911FF" w:rsidR="00F26550" w:rsidRDefault="00F26550" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дудина Алла Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C87C23" w14:textId="1DB198BD" w:rsidR="00354519" w:rsidRDefault="00354519" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354519">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лузин Сергей Иванович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558392EA" w14:textId="5EB53DDE" w:rsidR="00A91274" w:rsidRDefault="00A91274" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A91274">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Колмаков Кирилл Алексеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B21D481" w14:textId="574A8D18" w:rsidR="00A91274" w:rsidRDefault="00A91274" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A91274">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Давыдова Дарья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B15B590" w14:textId="6AFAFAA0" w:rsidR="009326A0" w:rsidRDefault="009326A0" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Саидова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алиса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бадридиновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="79E25CAD" w14:textId="628F8DB9" w:rsidR="009326A0" w:rsidRDefault="009326A0" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Левкина Элина Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21943231" w14:textId="1B17925B" w:rsidR="009326A0" w:rsidRDefault="009326A0" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аникина Виктория Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09BB2DAB" w14:textId="3A4BE0CF" w:rsidR="009326A0" w:rsidRDefault="009326A0" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Щербакова Кристина Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0164BA69" w14:textId="202BBEE7" w:rsidR="00B9714C" w:rsidRDefault="00B9714C" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казанцев Степан Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A0FA94" w14:textId="759FAB86" w:rsidR="00B9714C" w:rsidRDefault="00B9714C" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Березина Ангелина Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B324F6D" w14:textId="47437B1E" w:rsidR="00B9714C" w:rsidRDefault="00B9714C" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Яковлев Василий Геннадьевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2642380D" w14:textId="772EFAC3" w:rsidR="00734F20" w:rsidRPr="002D0DBD" w:rsidRDefault="00734F20" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шабалкина Вероника Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5FCB17" w14:textId="6F654B6D" w:rsidR="002D0DBD" w:rsidRPr="0081269C" w:rsidRDefault="002D0DBD" w:rsidP="002D0DBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D0DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Майсурадзе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D0DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Полина Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A36AD2" w14:textId="3B98C25D" w:rsidR="0081269C" w:rsidRPr="000A415B" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Волкова Милана Владиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0E2CDD" w14:textId="70418056" w:rsidR="000A415B" w:rsidRPr="00A7451D" w:rsidRDefault="000A415B" w:rsidP="000A415B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A415B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гаврилова Ксения Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE2732E" w14:textId="44EAF7E2" w:rsidR="00A7451D" w:rsidRPr="00D96FEB" w:rsidRDefault="00A7451D" w:rsidP="00A7451D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кушнер Ксения Сергеевна</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510B989F" w14:textId="289420F3" w:rsidR="00D96FEB" w:rsidRDefault="00D96FEB" w:rsidP="00D96FEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ефремова Эвелина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C8B433" w14:textId="4DC3EEB1" w:rsidR="0092590F" w:rsidRDefault="0092590F" w:rsidP="0092590F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092590F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Главатских</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0092590F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B2DCA6" w14:textId="74683D3C" w:rsidR="0092590F" w:rsidRDefault="0092590F" w:rsidP="0092590F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092590F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бельдягин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0092590F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Андрей Николаевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B0FC86" w14:textId="5B189ED5" w:rsidR="00A70D02" w:rsidRDefault="00A70D02" w:rsidP="00A70D02">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A70D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зяблов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A70D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кирилл Викторович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF20A76" w14:textId="4AC7B397" w:rsidR="00A70D02" w:rsidRDefault="00A70D02" w:rsidP="00A70D02">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A70D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Клементьева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A70D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D2248D" w14:textId="5856A2FC" w:rsidR="00F10830" w:rsidRDefault="00F10830" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мурзина Евгения Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F47373" w14:textId="52C1082B" w:rsidR="002625E4" w:rsidRDefault="002625E4" w:rsidP="002625E4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002625E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Колясникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002625E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кристина Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48558551" w14:textId="00401CF6" w:rsidR="002625E4" w:rsidRPr="005A2C61" w:rsidRDefault="002625E4" w:rsidP="002625E4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002625E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Скворцова Кира Павловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4631D54B" w14:textId="6B178C4C" w:rsidR="005A2C61" w:rsidRPr="00260B9A" w:rsidRDefault="005A2C61" w:rsidP="005A2C61">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Артемьева Ксения Артемовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67160BC7" w14:textId="1DB400E5" w:rsidR="00260B9A" w:rsidRPr="00260B9A" w:rsidRDefault="00260B9A" w:rsidP="00260B9A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голякова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201810A5" w14:textId="69AE038E" w:rsidR="00260B9A" w:rsidRPr="00F64590" w:rsidRDefault="00260B9A" w:rsidP="00260B9A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Низамутдинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> София Маратовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228B38A0" w14:textId="522FB5CC" w:rsidR="00F64590" w:rsidRPr="00F64590" w:rsidRDefault="00F64590" w:rsidP="00F64590">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Робиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Адибажон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кобилджоновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2B2A08CF" w14:textId="2D05A8ED" w:rsidR="00F64590" w:rsidRPr="00B705A8" w:rsidRDefault="00F64590" w:rsidP="00F64590">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Давронбекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дильёра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зарифжоновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="24A1393B" w14:textId="239F645F" w:rsidR="00B705A8" w:rsidRPr="00201E43" w:rsidRDefault="00B705A8" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шайхайдарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елена Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754D5C66" w14:textId="312E301F" w:rsidR="00201E43" w:rsidRPr="00A52B66" w:rsidRDefault="00201E43" w:rsidP="00201E43">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00201E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Истомина Анастасия Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5B6782" w14:textId="076526CA" w:rsidR="00A52B66" w:rsidRPr="00E75F07" w:rsidRDefault="00A52B66" w:rsidP="00A52B66">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A52B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Целикова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A52B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елена Витальевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50656C83" w14:textId="3B12A98E" w:rsidR="00E75F07" w:rsidRPr="00145D9B" w:rsidRDefault="00E75F07" w:rsidP="00E75F07">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E75F07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Телегина Мария Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27681EEF" w14:textId="4A5CF436" w:rsidR="00145D9B" w:rsidRPr="00D57705" w:rsidRDefault="00F1291E" w:rsidP="00145D9B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бу</w:t>
+      </w:r>
+      <w:r w:rsidR="00145D9B" w:rsidRPr="00145D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>турлина Александра Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727AF1F2" w14:textId="4D882960" w:rsidR="00D57705" w:rsidRPr="00D57705" w:rsidRDefault="00D57705" w:rsidP="00D57705">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Василевская Александра Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6678C55B" w14:textId="44B2B785" w:rsidR="00D57705" w:rsidRPr="006D16F8" w:rsidRDefault="00D57705" w:rsidP="00D57705">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Янакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Софья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5924787D" w14:textId="5BAEC9DD" w:rsidR="006D16F8" w:rsidRPr="006D16F8" w:rsidRDefault="006D16F8" w:rsidP="006D16F8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чеботарева Вероника Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EFA554" w14:textId="07FAB7DA" w:rsidR="006D16F8" w:rsidRPr="006D16F8" w:rsidRDefault="006D16F8" w:rsidP="006D16F8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Соколова Дарья Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AAF1BE4" w14:textId="5C7E9592" w:rsidR="006D16F8" w:rsidRPr="006A102D" w:rsidRDefault="006D16F8" w:rsidP="006D16F8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лютина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елизавета Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D6E1B8" w14:textId="33809A63" w:rsidR="006A102D" w:rsidRPr="006A102D" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Плешкова Полина Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A92288" w14:textId="37DB9A0C" w:rsidR="006A102D" w:rsidRPr="006A102D" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Костарева Анна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шамсидиновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="41C478C1" w14:textId="19F86CC9" w:rsidR="006A102D" w:rsidRPr="006A102D" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Борисова Виктория Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A29026" w14:textId="4A2DD064" w:rsidR="006A102D" w:rsidRPr="006A102D" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Трофимова Виктория Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587DFDBE" w14:textId="19F6D559" w:rsidR="006A102D" w:rsidRPr="006A102D" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Никифорова Серафима Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73849B8C" w14:textId="7FCBE46D" w:rsidR="006A102D" w:rsidRPr="00B36A30" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Соснина Елизавета Константиновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC74423" w14:textId="48377C08" w:rsidR="00B36A30" w:rsidRPr="00853A96" w:rsidRDefault="00B36A30" w:rsidP="00B36A30">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36A30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Волосникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36A30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Полина Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB9DBE7" w14:textId="1E304F79" w:rsidR="00853A96" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Щербакова Дарья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1409EC96" w14:textId="6574E1D2" w:rsidR="007B26A7" w:rsidRDefault="007B26A7" w:rsidP="007B26A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B26A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рашитова Кристина Константиновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="359A5275" w14:textId="76E3F32C" w:rsidR="007B26A7" w:rsidRDefault="007B26A7" w:rsidP="007B26A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B26A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Собянина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B26A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3857AE80" w14:textId="7F407809" w:rsidR="00302A31" w:rsidRDefault="00302A31" w:rsidP="00302A31">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ермоленко Ксения Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678D7FF0" w14:textId="202AAD45" w:rsidR="00405479" w:rsidRDefault="00405479" w:rsidP="00405479">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00405479">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Карнаухова Юлия Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F5AD6D" w14:textId="3CAE7C17" w:rsidR="00405479" w:rsidRPr="00F56A06" w:rsidRDefault="00405479" w:rsidP="00405479">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00405479">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мунзюкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00405479">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABCD844" w14:textId="2B25EB92" w:rsidR="00F56A06" w:rsidRPr="00F20E3D" w:rsidRDefault="00F56A06" w:rsidP="00F56A06">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Софронов Даниил Станиславович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0332B484" w14:textId="19CD6718" w:rsidR="00F20E3D" w:rsidRPr="00F20E3D" w:rsidRDefault="00F20E3D" w:rsidP="00F20E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нежданова Екатерина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A2AB80" w14:textId="14FF724C" w:rsidR="00F20E3D" w:rsidRPr="00071648" w:rsidRDefault="00F20E3D" w:rsidP="00F20E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ковалева Софья Владиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2027657D" w14:textId="58BEFB19" w:rsidR="00071648" w:rsidRPr="0085064A" w:rsidRDefault="00071648" w:rsidP="00071648">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00071648">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шорина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00071648">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D63171" w14:textId="26026995" w:rsidR="0085064A" w:rsidRPr="0085064A" w:rsidRDefault="0085064A" w:rsidP="0085064A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Золотарев Андрей Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CF73B1" w14:textId="682CAF47" w:rsidR="0085064A" w:rsidRPr="0085064A" w:rsidRDefault="0085064A" w:rsidP="0085064A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Паймурзин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глеб Вадимович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42EA0C8D" w14:textId="0017091A" w:rsidR="0085064A" w:rsidRPr="0085064A" w:rsidRDefault="0085064A" w:rsidP="0085064A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Уфимцева Анна Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAFDEE9" w14:textId="4074F9CE" w:rsidR="0085064A" w:rsidRPr="00685F82" w:rsidRDefault="0085064A" w:rsidP="0085064A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Некрасова Дарья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532921F6" w14:textId="1A1760C3" w:rsidR="00685F82" w:rsidRDefault="00685F82" w:rsidP="00685F82">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чаплыгина Алёна Викторовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446A3539" w14:textId="4B8B6ECA" w:rsidR="00514B83" w:rsidRDefault="00514B83" w:rsidP="00514B83">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сидорова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00514B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лилиана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00514B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD72BFA" w14:textId="3D453908" w:rsidR="00AA4D09" w:rsidRDefault="00AA4D09" w:rsidP="00AA4D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA4D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Байраковска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA4D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна Артемовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F381D9" w14:textId="3614000E" w:rsidR="00726CBC" w:rsidRDefault="00726CBC" w:rsidP="00726CBC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00726CBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мустакаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00726CBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Илона Константиновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2324B5EB" w14:textId="4248C1C5" w:rsidR="0026282A" w:rsidRDefault="0026282A" w:rsidP="0026282A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тумбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33105C09" w14:textId="582B8264" w:rsidR="0026282A" w:rsidRDefault="0026282A" w:rsidP="0026282A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Валитова Дарья Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9D3019" w14:textId="59EFDF6C" w:rsidR="00FD0748" w:rsidRDefault="00FD0748" w:rsidP="00FD0748">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Красильников Евгений Алексеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23950474" w14:textId="600C9710" w:rsidR="00FD0748" w:rsidRDefault="00FD0748" w:rsidP="00FD0748">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кутаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C82192C" w14:textId="3EF280E5" w:rsidR="00032CCA" w:rsidRDefault="00032CCA" w:rsidP="00032CCA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нефедов Иван Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294318B1" w14:textId="1A109D4F" w:rsidR="00C25ADA" w:rsidRDefault="00C25ADA" w:rsidP="00C25ADA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C25ADA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Солтанов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C25ADA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C25ADA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C25ADA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C25ADA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вагиф-оглы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1426E914" w14:textId="56850D26" w:rsidR="007212AB" w:rsidRDefault="007212AB" w:rsidP="007212AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007212AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лескина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007212AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вероника Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49564D43" w14:textId="75C48223" w:rsidR="007212AB" w:rsidRPr="00DA0149" w:rsidRDefault="007212AB" w:rsidP="007212AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007212AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рудакова Валерия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E30AD47" w14:textId="088EC1C2" w:rsidR="00DA0149" w:rsidRPr="00857197" w:rsidRDefault="00DA0149" w:rsidP="00DA0149">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кенджаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаходат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Файзиддиновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2ACD0799" w14:textId="7783255B" w:rsidR="00857197" w:rsidRPr="00857197" w:rsidRDefault="00857197" w:rsidP="00857197">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00857197">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мальцева Алёна Леонидовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE4E8A0" w14:textId="2B114F33" w:rsidR="00857197" w:rsidRPr="00941E0F" w:rsidRDefault="00857197" w:rsidP="00857197">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00857197">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гусева Алёна Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BC8DEC" w14:textId="1484B188" w:rsidR="00941E0F" w:rsidRPr="00941E0F" w:rsidRDefault="00941E0F" w:rsidP="00941E0F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Качур Диана Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5C3035" w14:textId="5AB712F9" w:rsidR="00941E0F" w:rsidRPr="00284645" w:rsidRDefault="00284645" w:rsidP="00941E0F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Васильева М</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00941E0F" w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лана Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362FEAAD" w14:textId="6A596B39" w:rsidR="00284645" w:rsidRPr="003A3BF9" w:rsidRDefault="00284645" w:rsidP="00284645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00284645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дитятьева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00284645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CA2AEB" w14:textId="419AD370" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бадьина Татьяна Яновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB9CE32" w14:textId="2E378B1B" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ильин Матвей Ильич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068606FB" w14:textId="17B8A5CB" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Николаев Дмитрий Вячеславович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3B9BA6" w14:textId="54DA8EFC" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Раимджанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Динара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шерзодовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1DBDFC21" w14:textId="3286A1D1" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гатин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тимур </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айратович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="01A4DFFF" w14:textId="303843C9" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Смирнова Анастасия Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EADA71" w14:textId="6A1CAF55" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Норкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6602BC" w14:textId="7CC70263" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дуброва Яна Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4A8491" w14:textId="0C89D016" w:rsidR="003A3BF9" w:rsidRPr="008A024F" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Азамова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Саида </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фуркатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1FD2D559" w14:textId="108C5B3E" w:rsidR="008A024F" w:rsidRPr="008B534B" w:rsidRDefault="008A024F" w:rsidP="008A024F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Набиева Алина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Азатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7D38397D" w14:textId="59285B6D" w:rsidR="008B534B" w:rsidRDefault="008B534B" w:rsidP="008B534B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B534B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Корытин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B534B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Денис Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47211A29" w14:textId="106E465F" w:rsidR="00774E0E" w:rsidRDefault="00774E0E" w:rsidP="00774E0E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00774E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Корытина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00774E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Валерьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A03395C" w14:textId="1D1F75E4" w:rsidR="00774E0E" w:rsidRDefault="00774E0E" w:rsidP="00774E0E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00774E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Овсянникова Карина Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E32CF35" w14:textId="519C082E" w:rsidR="000A434F" w:rsidRDefault="000A434F" w:rsidP="000A434F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A434F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Левина Юлия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2660F0" w14:textId="41434C7E" w:rsidR="001C5FB3" w:rsidRDefault="001C5FB3" w:rsidP="001C5FB3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C5FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тебенева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C5FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F556694" w14:textId="529F6F16" w:rsidR="00A13E19" w:rsidRDefault="00A13E19" w:rsidP="00A13E19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A13E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гнипа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A13E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F862CB0" w14:textId="3D24953D" w:rsidR="00A13E19" w:rsidRDefault="00A13E19" w:rsidP="00A13E19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Макаренко Зарина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A13E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Куватбековна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="79096E6B" w14:textId="55A900F9" w:rsidR="00A13E19" w:rsidRDefault="00A13E19" w:rsidP="00A13E19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кураев Денис Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C077B02" w14:textId="59C2808A" w:rsidR="00647C01" w:rsidRDefault="00647C01" w:rsidP="00647C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00647C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Томилов Дмитрий Константинович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0343948C" w14:textId="526FC92D" w:rsidR="000E02CA" w:rsidRDefault="000E02CA" w:rsidP="000E02CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E02CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тропина Надежда Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365E29E5" w14:textId="135C1DD6" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Норова</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Леся Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039E4A37" w14:textId="24BE233F" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фалина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6CD77E" w14:textId="604C9A54" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Галышева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алёна Эдуардовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC192F6" w14:textId="2E26D082" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Моисеева Елизавета Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F99D196" w14:textId="67925C58" w:rsidR="004805B2" w:rsidRDefault="004805B2" w:rsidP="004805B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004805B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Абакирова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004805B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алиса Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22782D83" w14:textId="0D6ACE7C" w:rsidR="009615F1" w:rsidRDefault="009615F1" w:rsidP="009615F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каминская Ксения Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEDDBD0" w14:textId="0D1A7FB0" w:rsidR="004805B2" w:rsidRDefault="004805B2" w:rsidP="004805B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004805B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нохрина Владислава Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379CEA5D" w14:textId="58DCB76E" w:rsidR="00DD2EED" w:rsidRDefault="00DD2EED" w:rsidP="00DD2EED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Абдумуминов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мухиддинбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Музаффар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> угли</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C74C3D6" w14:textId="7E402411" w:rsidR="00DD2EED" w:rsidRDefault="00DD2EED" w:rsidP="00DD2EED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Макаренко Дарья Константиновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403B75B8" w14:textId="4BE70018" w:rsidR="00DD2EED" w:rsidRDefault="00DD2EED" w:rsidP="00DD2EED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Косоняк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD2EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владислав Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA413EC" w14:textId="7DB06809" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Байбородова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алина Романовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC45CB7" w14:textId="2363F080" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пискулин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сергей Степанович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA5F283" w14:textId="5AB304A7" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аминова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Самира</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Муйиддиновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="41F37347" w14:textId="5EAFB650" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Юрова Варвара Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA6EEFA" w14:textId="3B70C5ED" w:rsidR="00F32BD6" w:rsidRPr="00F32BD6" w:rsidRDefault="00F32BD6" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F32BD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Фролова Юлия Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44615ED8" w14:textId="020DA1D6" w:rsidR="00F32BD6" w:rsidRPr="008B1193" w:rsidRDefault="00F32BD6" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B1193">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шихалёва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B1193">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валерия Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A8C3CE" w14:textId="5D283717" w:rsidR="008B1193" w:rsidRPr="003A3FA6" w:rsidRDefault="008B1193" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B1193">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Родионова </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C15F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Софья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17888095" w14:textId="3BD49C1B" w:rsidR="003A3FA6" w:rsidRPr="003A3FA6" w:rsidRDefault="003A3FA6" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Швецова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100CCA81" w14:textId="1C68CE48" w:rsidR="000C15F1" w:rsidRPr="00EC663A" w:rsidRDefault="000C15F1" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC663A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Новопашина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC663A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елизавета Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB796AE" w14:textId="2FAA4E35" w:rsidR="00EC663A" w:rsidRPr="001A033E" w:rsidRDefault="00EC663A" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Молодцов Михаил Алексеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27418836" w14:textId="7C68981F" w:rsidR="001A033E" w:rsidRPr="009B4C11" w:rsidRDefault="001A033E" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шампаров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Матвей Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C853741" w14:textId="3C35C946" w:rsidR="009B4C11" w:rsidRPr="00AB1C61" w:rsidRDefault="009B4C11" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Антышев Владислав Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619F197F" w14:textId="79D5E7CA" w:rsidR="000F578B" w:rsidRPr="00AB1C61" w:rsidRDefault="000F578B" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Комарова Яна Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEC7885" w14:textId="040AE67B" w:rsidR="000F578B" w:rsidRPr="00AB1C61" w:rsidRDefault="000F578B" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Бабикова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Валерьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4ADE3" w14:textId="7B8C3777" w:rsidR="00AB1C61" w:rsidRPr="000F7B1C" w:rsidRDefault="00AB1C61" w:rsidP="00F32BD6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="499" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Казакова Юлия Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA84E5A" w14:textId="3984E90F" w:rsidR="000F7B1C" w:rsidRDefault="000F7B1C" w:rsidP="000F7B1C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закирова Алина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Илдаровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7C5FE926" w14:textId="066B81DE" w:rsidR="000D27D7" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шипунов Максим Андреевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F46D6DC" w14:textId="49E83ED7" w:rsidR="000D27D7" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Петрова Елизавета Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577E6EBF" w14:textId="4A029898" w:rsidR="00683A0B" w:rsidRDefault="00683A0B" w:rsidP="00683A0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00683A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Туганаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00683A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руслан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00683A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ирекович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="706471BD" w14:textId="3C597B97" w:rsidR="00764FF7" w:rsidRDefault="00764FF7" w:rsidP="00764FF7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00764FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нуриханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00764FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Робертовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019F1B52" w14:textId="4FB8C9A3" w:rsidR="00764FF7" w:rsidRDefault="00764FF7" w:rsidP="00764FF7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00764FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чикишева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00764FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Антонина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569D9172" w14:textId="5CEB3C63" w:rsidR="002B2C85" w:rsidRDefault="002B2C85" w:rsidP="002B2C85">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B2C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Храмушина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B2C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D53F41E" w14:textId="4DBDCC15" w:rsidR="002B2C85" w:rsidRDefault="002B2C85" w:rsidP="002B2C85">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B2C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нигматуллина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B2C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B2C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ринатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7EC38D5F" w14:textId="1A1268C0" w:rsidR="004A2E29" w:rsidRDefault="004A2E29" w:rsidP="004A2E29">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A2E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Попова Кристина Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C98A08" w14:textId="559618EB" w:rsidR="001F10F4" w:rsidRDefault="001F10F4" w:rsidP="001F10F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F10F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Терентьева Анна Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53300D4E" w14:textId="2523C2FF" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Галушко Мария Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40924678" w14:textId="1AD2253F" w:rsidR="00FA3802" w:rsidRDefault="00FA3802" w:rsidP="00FA3802">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаймарданова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Каролина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лачиновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4C494035" w14:textId="41EAE4BC" w:rsidR="005B7B3E" w:rsidRPr="00AB1C61" w:rsidRDefault="005B7B3E" w:rsidP="005B7B3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ляпустина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вероника Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BAA0AA" w14:textId="77777777" w:rsidR="009B7F2C" w:rsidRPr="00573041" w:rsidRDefault="009B7F2C" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B6E8DA8" w14:textId="30DD659F" w:rsidR="0080593F" w:rsidRPr="0080593F" w:rsidRDefault="0080593F" w:rsidP="0080593F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-9-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BDDCAF" w14:textId="28C6FD60" w:rsidR="0080593F" w:rsidRPr="00DA0149" w:rsidRDefault="0080593F" w:rsidP="0080593F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080593F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контоурова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080593F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валерия Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76467F15" w14:textId="61020AA4" w:rsidR="00DA0149" w:rsidRDefault="00DA0149" w:rsidP="00DA0149">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Новожилов Иван Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4DE4B4" w14:textId="0E94200B" w:rsidR="00A721C5" w:rsidRDefault="00A721C5" w:rsidP="00A721C5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000455F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соколова Екатерина Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1058A47C" w14:textId="749164FB" w:rsidR="00AE52C5" w:rsidRPr="000C15F1" w:rsidRDefault="00AE52C5" w:rsidP="00A721C5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C15F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Милинцева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C15F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ирина Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EACC66" w14:textId="77777777" w:rsidR="0080593F" w:rsidRDefault="0080593F" w:rsidP="002B5E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BDCF6FB" w14:textId="17C03981" w:rsidR="002B5E40" w:rsidRPr="00742774" w:rsidRDefault="002B5E40" w:rsidP="002B5E40">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-Л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E8BBC1" w14:textId="5B7A8E2E" w:rsidR="00F033A6" w:rsidRPr="002B5E40" w:rsidRDefault="002B5E40" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Емельянова Эльвира </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Фагатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="01C91F21" w14:textId="7B7EF789" w:rsidR="002B5E40" w:rsidRPr="00853A96" w:rsidRDefault="002B5E40" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Писулина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елизавета Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E754352" w14:textId="43CDA1D0" w:rsidR="00853A96" w:rsidRPr="00F56A06" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Трандин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Станислав Михайлович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3C311A" w14:textId="33C038EB" w:rsidR="00F56A06" w:rsidRPr="008A024F" w:rsidRDefault="00F56A06" w:rsidP="00F56A06">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Антимонов Глеб </w:t>
+      </w:r>
+      <w:r w:rsidR="008A024F" w:rsidRPr="00F56A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Константинович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C4C943" w14:textId="214208B6" w:rsidR="008A024F" w:rsidRPr="002B5E40" w:rsidRDefault="008A024F" w:rsidP="008A024F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зарубо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ирина Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8295F1" w14:textId="77777777" w:rsidR="002B5E40" w:rsidRDefault="002B5E40" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0965A24F" w14:textId="4CF61E0D" w:rsidR="00290308" w:rsidRPr="00742774" w:rsidRDefault="00290308" w:rsidP="00290308">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-Л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39519248" w14:textId="3ABB59ED" w:rsidR="00290308" w:rsidRPr="00D57705" w:rsidRDefault="00290308" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00290308">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Свалова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00290308">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Романовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC8D037" w14:textId="290D50CD" w:rsidR="00D57705" w:rsidRDefault="00D57705" w:rsidP="00D57705">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тулегенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анаргуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аюповна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0533F703" w14:textId="1D62189C" w:rsidR="00F86F6C" w:rsidRPr="00AE52C5" w:rsidRDefault="00F86F6C" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE52C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гордеева Дарья Родионовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438DC32B" w14:textId="681262DC" w:rsidR="008B1193" w:rsidRPr="00FE7244" w:rsidRDefault="008B1193" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Романенко Людмила Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68753BED" w14:textId="6CA0A945" w:rsidR="00FE7244" w:rsidRPr="00FE7244" w:rsidRDefault="00FE7244" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Субботин Богдан Валерьевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD79E5C" w14:textId="77777777" w:rsidR="00290308" w:rsidRDefault="00290308" w:rsidP="0003611D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="008CE103" w14:textId="575CBE66" w:rsidR="0003611D" w:rsidRPr="00742774" w:rsidRDefault="0003611D" w:rsidP="0003611D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-ТД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A0E8F6" w14:textId="40ED2D07" w:rsidR="0003611D" w:rsidRPr="005B55D6" w:rsidRDefault="0003611D" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Велижанина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4832E63B" w14:textId="6FBA1ADA" w:rsidR="005B55D6" w:rsidRDefault="005B55D6" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B55D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Падурин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B55D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александр Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BF1491" w14:textId="7BF061B3" w:rsidR="002B5E40" w:rsidRDefault="002C50B5" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дождиков Андрей Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8CB01A" w14:textId="77777777" w:rsidR="0092590F" w:rsidRPr="0092590F" w:rsidRDefault="00083596" w:rsidP="0092590F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ручьёва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олеся Вячеславовна</w:t>
+      </w:r>
+      <w:r w:rsidR="0092590F" w:rsidRPr="0092590F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE10FB4" w14:textId="264CC457" w:rsidR="00083596" w:rsidRDefault="0092590F" w:rsidP="0092590F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092590F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пушкина Елизавета Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722D37E4" w14:textId="77777777" w:rsidR="00F10830" w:rsidRDefault="009326A0" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вундер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Святослав Юрьевич</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7450E787" w14:textId="4BC621AF" w:rsidR="0092590F" w:rsidRDefault="00F10830" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зуева Елизавета Олеговн</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B74951B" w14:textId="1E06920E" w:rsidR="00302A31" w:rsidRDefault="00302A31" w:rsidP="00302A31">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Филиппова Екатерина Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0DEBAA" w14:textId="184707AC" w:rsidR="00AE383C" w:rsidRPr="008A024F" w:rsidRDefault="00AE383C" w:rsidP="00AE383C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE383C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Муселимян</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE383C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Татьяна Григорьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D1D3B5" w14:textId="04BE6EB4" w:rsidR="008A024F" w:rsidRDefault="008A024F" w:rsidP="008A024F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Угланова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Вадимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B446ED" w14:textId="5A8D1611" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чернова Ольга Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D92F8C4" w14:textId="15AD8665" w:rsidR="005550B2" w:rsidRPr="00FE7244" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дудрова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юлия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Альфатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2FE0BAEE" w14:textId="36BED9ED" w:rsidR="000C15F1" w:rsidRPr="00FE7244" w:rsidRDefault="000C15F1" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Журавин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сергей Вячеславович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C57E957" w14:textId="6AFD37B9" w:rsidR="00FE7244" w:rsidRPr="001F10F4" w:rsidRDefault="00FE7244" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рамазанов Тимур </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ришатович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3DD4A310" w14:textId="45415851" w:rsidR="001F10F4" w:rsidRPr="00FE7244" w:rsidRDefault="001F10F4" w:rsidP="001F10F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F10F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лапина Марина Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E728C9" w14:textId="77777777" w:rsidR="009326A0" w:rsidRDefault="009326A0" w:rsidP="00515E6E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EDFBB98" w14:textId="0EE77C17" w:rsidR="00EF5488" w:rsidRPr="00742774" w:rsidRDefault="00EF5488" w:rsidP="00EF5488">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-ТД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625A0BD0" w14:textId="2625CD96" w:rsidR="00EF5488" w:rsidRPr="00853A96" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Петрова Людмила Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779952F1" w14:textId="5F035AEB" w:rsidR="00853A96" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ламанов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Максим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вячеславович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="76EEAA72" w14:textId="75F99352" w:rsidR="00F20E3D" w:rsidRPr="001F10F4" w:rsidRDefault="00F20E3D" w:rsidP="00F20E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Костылев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Владислав</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Андреевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1F097ADB" w14:textId="4F28D9E4" w:rsidR="001F10F4" w:rsidRDefault="001F10F4" w:rsidP="001F10F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F10F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Семёнова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F10F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ирина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19392A6B" w14:textId="13D185EA" w:rsidR="00A60097" w:rsidRPr="001F10F4" w:rsidRDefault="00A60097" w:rsidP="00A60097">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A60097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Селиверстов Иван Владимирович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33842081" w14:textId="77777777" w:rsidR="00EF5488" w:rsidRDefault="00EF5488" w:rsidP="00515E6E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF9B042" w14:textId="62EA36AA" w:rsidR="00515E6E" w:rsidRPr="00742774" w:rsidRDefault="00515E6E" w:rsidP="00515E6E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EB8A86" w14:textId="45B54D23" w:rsidR="00515E6E" w:rsidRPr="00083596" w:rsidRDefault="00515E6E" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Бенце</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валерия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Назаровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="336AF33C" w14:textId="265B8490" w:rsidR="00083596" w:rsidRPr="00D96FEB" w:rsidRDefault="00083596" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Махиборода</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Артем Максимович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381D8924" w14:textId="57D7E5E7" w:rsidR="00D96FEB" w:rsidRDefault="00D96FEB" w:rsidP="00D96FEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лучанкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E78C0D" w14:textId="4A6A2DBC" w:rsidR="00C25ADA" w:rsidRPr="002B5E40" w:rsidRDefault="00C25ADA" w:rsidP="00C25ADA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25ADA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Демченко Доминика Денисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1022CB" w14:textId="77777777" w:rsidR="00515E6E" w:rsidRDefault="00515E6E" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68D59078" w14:textId="32F30A4F" w:rsidR="00515E6E" w:rsidRPr="00742774" w:rsidRDefault="00515E6E" w:rsidP="00515E6E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-БУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64142F52" w14:textId="2566561C" w:rsidR="00515E6E" w:rsidRPr="0081269C" w:rsidRDefault="00515E6E" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Крутакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Марина Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424583CD" w14:textId="503A7EB8" w:rsidR="0081269C" w:rsidRPr="0080593F" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Леонтьева Анна Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D5CA63" w14:textId="4AFBE64E" w:rsidR="0080593F" w:rsidRDefault="0080593F" w:rsidP="0080593F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0080593F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лапыренок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0080593F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кирилл Федорович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB8F24B" w14:textId="611AD1AF" w:rsidR="00302A31" w:rsidRPr="00F56A06" w:rsidRDefault="00302A31" w:rsidP="00302A31">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Грибанова Полина Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4120E9" w14:textId="5037CC85" w:rsidR="00F56A06" w:rsidRDefault="00F56A06" w:rsidP="00F56A06">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Касьянова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Све</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лана Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452E07E4" w14:textId="79E25325" w:rsidR="00C25ADA" w:rsidRPr="003A3BF9" w:rsidRDefault="00C25ADA" w:rsidP="00C25ADA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25ADA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Арефьева Анастасия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CA6A5E" w14:textId="40F3B49D" w:rsidR="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Панкратов Леонид Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6453BB1A" w14:textId="2DAE6D4A" w:rsidR="006E531C" w:rsidRDefault="006E531C" w:rsidP="006E531C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Семенова Наталья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623DFECD" w14:textId="60E5B97F" w:rsidR="006E531C" w:rsidRPr="002B5E40" w:rsidRDefault="006E531C" w:rsidP="006E531C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаворонкова Александра Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C138270" w14:textId="77777777" w:rsidR="00515E6E" w:rsidRDefault="00515E6E" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E5A4E54" w14:textId="218F1D94" w:rsidR="00260B9A" w:rsidRPr="00742774" w:rsidRDefault="00260B9A" w:rsidP="00260B9A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-БУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734B59CF" w14:textId="48C8973D" w:rsidR="00260B9A" w:rsidRPr="00260B9A" w:rsidRDefault="00260B9A" w:rsidP="00260B9A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Пищальникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC14AAB" w14:textId="77777777" w:rsidR="00260B9A" w:rsidRDefault="00260B9A" w:rsidP="00515E6E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="522B6BD7" w14:textId="0DA8C257" w:rsidR="00515E6E" w:rsidRPr="00742774" w:rsidRDefault="00515E6E" w:rsidP="00515E6E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-Ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D4FA9C" w14:textId="1AFEB642" w:rsidR="00515E6E" w:rsidRPr="00FF4FB4" w:rsidRDefault="00515E6E" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Решетникова Алёна Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C6A645" w14:textId="10A0128C" w:rsidR="00FF4FB4" w:rsidRDefault="00FF4FB4" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF4FB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Швецова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF4FB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Арина Руслановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631636D3" w14:textId="2A3C1FDE" w:rsidR="00F26550" w:rsidRDefault="00F26550" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Микрюков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дмитрий Игоревич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179C3389" w14:textId="588719A2" w:rsidR="00695833" w:rsidRPr="00B705A8" w:rsidRDefault="00695833" w:rsidP="00695833">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695833">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Горбачева Ирина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54133266" w14:textId="6785C490" w:rsidR="00B705A8" w:rsidRDefault="00B705A8" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Скакунова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5627AB62" w14:textId="6AC758E0" w:rsidR="00E33B3A" w:rsidRDefault="00E33B3A" w:rsidP="00E33B3A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E33B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аганцева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E33B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мария </w:t>
+      </w:r>
+      <w:r w:rsidR="00302A31" w:rsidRPr="00E33B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Геннадьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1DE7A4" w14:textId="200A5AB8" w:rsidR="00302A31" w:rsidRPr="0085064A" w:rsidRDefault="00302A31" w:rsidP="00302A31">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сивкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ирина Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1AE552" w14:textId="6B0CA1E9" w:rsidR="0085064A" w:rsidRPr="00857197" w:rsidRDefault="0085064A" w:rsidP="0085064A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Резников Анатолий Романович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0BA0B6" w14:textId="7C2A3BCC" w:rsidR="00857197" w:rsidRPr="001A033E" w:rsidRDefault="00857197" w:rsidP="00857197">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кожевина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070636BF" w14:textId="7EC8D72C" w:rsidR="00284645" w:rsidRPr="001A033E" w:rsidRDefault="00284645" w:rsidP="00284645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Качиев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владимир Андреевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5EA35B" w14:textId="09659009" w:rsidR="00356693" w:rsidRPr="001A033E" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рамазанова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ирада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ильгар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6275E278" w14:textId="68FA747B" w:rsidR="001A033E" w:rsidRPr="000F7B1C" w:rsidRDefault="001A033E" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Саидова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Нозима</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Нурмухаммад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Кизи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="34F14B6C" w14:textId="494629AD" w:rsidR="000F7B1C" w:rsidRDefault="000F7B1C" w:rsidP="000F7B1C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шайхов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хофизхуджа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Давлатходжаевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6F408DB3" w14:textId="3498A4CD" w:rsidR="00683A0B" w:rsidRDefault="00683A0B" w:rsidP="00683A0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00683A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Киценко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00683A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF3F0B9" w14:textId="5374F658" w:rsidR="00764FF7" w:rsidRDefault="00764FF7" w:rsidP="00764FF7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00764FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Соснина Анна Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715D7BDC" w14:textId="18C6686E" w:rsidR="00945B84" w:rsidRPr="001A033E" w:rsidRDefault="00945B84" w:rsidP="00945B84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00945B84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прозорова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00945B84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Софья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437FE179" w14:textId="77777777" w:rsidR="00515E6E" w:rsidRDefault="00515E6E" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F742690" w14:textId="0F830ADD" w:rsidR="009326A0" w:rsidRPr="00742774" w:rsidRDefault="009326A0" w:rsidP="009326A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа З-ТиГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00742774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF814FA" w14:textId="3B6FA9BC" w:rsidR="00515E6E" w:rsidRPr="00B9714C" w:rsidRDefault="009326A0" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Чигвинцева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Арина Витальевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CE3291" w14:textId="425457C8" w:rsidR="00B9714C" w:rsidRPr="00A7451D" w:rsidRDefault="00B9714C" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пивоварова Вероника Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A2AE95" w14:textId="66FE150F" w:rsidR="00A7451D" w:rsidRPr="00853A96" w:rsidRDefault="00A7451D" w:rsidP="00A7451D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тагакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Никитична</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2AA324" w14:textId="0E0A02A8" w:rsidR="00853A96" w:rsidRPr="008352CB" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Захарова Марина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CD6488" w14:textId="608EA49C" w:rsidR="008352CB" w:rsidRDefault="008352CB" w:rsidP="008352CB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008352CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кулаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008352CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Надежда Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067F1255" w14:textId="11D668EF" w:rsidR="001C5FB3" w:rsidRPr="000F578B" w:rsidRDefault="001C5FB3" w:rsidP="001C5FB3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болховецкая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1478931E" w14:textId="525B0A52" w:rsidR="003A3FA6" w:rsidRPr="000F578B" w:rsidRDefault="003A3FA6" w:rsidP="001C5FB3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Баранникова Таисия Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F5614C" w14:textId="1410D5C3" w:rsidR="000F578B" w:rsidRPr="000D27D7" w:rsidRDefault="000F578B" w:rsidP="001C5FB3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Смирнова Надежда Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268B9037" w14:textId="446B1D27" w:rsidR="000D27D7" w:rsidRPr="000F578B" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рахманова Полина Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2749B82D" w14:textId="77777777" w:rsidR="00515E6E" w:rsidRPr="00BA6167" w:rsidRDefault="00515E6E" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159AB457" w14:textId="5D4F3433" w:rsidR="00016C4B" w:rsidRPr="00BA4A6D" w:rsidRDefault="0090495A" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Заочное отделение с применением дистанционных образовательных технологий и электронного обучения</w:t>
-[...12093 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA4A6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BA4A6D">
+        <w:t>Заочное отделение с применением дистанционных образовательных технологий и электронного обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F02425" w14:textId="77777777" w:rsidR="00D345CD" w:rsidRPr="00BA6167" w:rsidRDefault="00D345CD" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk105076723"/>
+    </w:p>
+    <w:p w14:paraId="563A4784" w14:textId="389427DD" w:rsidR="002824AA" w:rsidRPr="00BA6167" w:rsidRDefault="00573041" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-9-25</w:t>
+      </w:r>
+      <w:r w:rsidR="002824AA" w:rsidRPr="00BA6167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E96DE1" w:rsidRPr="00BA6167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E96DE1" w:rsidRPr="00BA6167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="01396A18" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00FF4FB4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF4FB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бойцов Владимир Игоревич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A7D098" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00586445">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00586445">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гузенко Полина Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFA21B3" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00515E6E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жиляева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Эдуардовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EBA422" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="001448ED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001448ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Злобин Семён Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03049541" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00014F7D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ионова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лада Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DE9D7A" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00F63C17">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Карабанов Александр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F63C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рашидьевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="344C3A60" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="0003611D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Любимцев Сергей Андреевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B683250" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="000565BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Медикина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Яна Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175F252B" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00D75364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Намазова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исминаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Субхан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кызы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3821B112" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRPr="008F6C38" w:rsidRDefault="00BE3481" w:rsidP="00085FAC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пашкина Ирина Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F92E031" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="000565BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пирогова Алена Аликовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40AFC424" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00014F7D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поварёнкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олеся Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32047B29" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="001448ED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001448ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Потапова Александра Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F5A4D0" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="001448ED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001448ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саргина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001448ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Евгения Ильинична</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC0C65C" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00996573">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996573">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сенин Олег Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70868891" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="001448ED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001448ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соколова Ангелина Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74321803" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00014F7D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Спачукова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Надежда Васильевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40D0162A" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00475CC6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00475CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ткаченко Дарья Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EF1277" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="008F6C38">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чистяков Владимир Михайлович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A42477" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="008F6C38">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ягупов Сергей Викторович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03905327" w14:textId="45A355C2" w:rsidR="00F26550" w:rsidRDefault="00F26550" w:rsidP="00F26550">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F26550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оприщенко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F26550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глеб Олегович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695069EF" w14:textId="4E83EDE8" w:rsidR="00F26550" w:rsidRDefault="00F26550" w:rsidP="00F26550">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Харитонова Ирина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C7A131" w14:textId="05EFDA76" w:rsidR="00321711" w:rsidRDefault="00321711" w:rsidP="00321711">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00321711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Насибуллина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00321711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00321711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ринатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="004DAAD7" w14:textId="0AA58EFC" w:rsidR="00321711" w:rsidRDefault="00321711" w:rsidP="00321711">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Селиванова Мария Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A56DF0E" w14:textId="7A5530B8" w:rsidR="00464D7C" w:rsidRDefault="00464D7C" w:rsidP="00464D7C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00464D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Родионова Екатерина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54143730" w14:textId="7BEF91CF" w:rsidR="00032702" w:rsidRDefault="00032702" w:rsidP="00032702">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бревнова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елизавета Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FEACB00" w14:textId="0DD08E9B" w:rsidR="00032702" w:rsidRDefault="00032702" w:rsidP="00032702">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Габдулхаева Виктория Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9C25FC" w14:textId="3D6EA2D2" w:rsidR="00032702" w:rsidRDefault="00032702" w:rsidP="00032702">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шорохов Александр Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49476D59" w14:textId="0B6FA3FD" w:rsidR="00B9714C" w:rsidRDefault="00B9714C" w:rsidP="00B9714C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Иголкин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Максим Олегович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CF6D0A" w14:textId="4F2E7280" w:rsidR="00B9714C" w:rsidRDefault="00B9714C" w:rsidP="00B9714C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гречухина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валерия Антоновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260240B2" w14:textId="7A1C3908" w:rsidR="00B9714C" w:rsidRDefault="00B9714C" w:rsidP="00B9714C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коваленко София Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6302562E" w14:textId="12512F52" w:rsidR="00734F20" w:rsidRDefault="00734F20" w:rsidP="00734F20">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смачных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Никита Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50591237" w14:textId="226D73CE" w:rsidR="00280718" w:rsidRDefault="00280718" w:rsidP="00280718">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280718">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Головкина Татьяна Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE800E8" w14:textId="4DE5A443" w:rsidR="00280718" w:rsidRPr="002D0DBD" w:rsidRDefault="00280718" w:rsidP="00280718">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280718">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Левкина Анастасия Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27369643" w14:textId="04D941EF" w:rsidR="002D0DBD" w:rsidRPr="002D0DBD" w:rsidRDefault="002D0DBD" w:rsidP="002D0DBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D0DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Скобельцина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D0DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393CBF9E" w14:textId="75AB913D" w:rsidR="002D0DBD" w:rsidRPr="002D0DBD" w:rsidRDefault="002D0DBD" w:rsidP="002D0DBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сазонова Анна Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D16F113" w14:textId="0ED45DAB" w:rsidR="002D0DBD" w:rsidRPr="0081269C" w:rsidRDefault="002D0DBD" w:rsidP="002D0DBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0DBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казакова Алина Руслановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F89E008" w14:textId="2BBD66F5" w:rsidR="0081269C" w:rsidRPr="0081269C" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Городничева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ангелина Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BB7A42" w14:textId="17C18E15" w:rsidR="0081269C" w:rsidRPr="0081269C" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Буравова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFDCFD9" w14:textId="3A30FF96" w:rsidR="0081269C" w:rsidRPr="000A415B" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Набиуллина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шамилевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="095A372B" w14:textId="0AB167BE" w:rsidR="000A415B" w:rsidRPr="00927414" w:rsidRDefault="000A415B" w:rsidP="000A415B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A415B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нерсесян Анна Вадимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F3607A" w14:textId="3F3744F5" w:rsidR="00927414" w:rsidRPr="00927414" w:rsidRDefault="00927414" w:rsidP="00927414">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стогней</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владислав Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC191ED" w14:textId="2438227C" w:rsidR="00927414" w:rsidRPr="00A7451D" w:rsidRDefault="00927414" w:rsidP="00927414">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Синельников Артём Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D684A3" w14:textId="7BE7ADC0" w:rsidR="00A7451D" w:rsidRPr="00D96FEB" w:rsidRDefault="00A7451D" w:rsidP="00A7451D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рихсибаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29BF7E00" w14:textId="12229FAC" w:rsidR="00D96FEB" w:rsidRPr="00D96FEB" w:rsidRDefault="00D96FEB" w:rsidP="00D96FEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елисеева Кристина Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE26985" w14:textId="0C6B6038" w:rsidR="00D96FEB" w:rsidRDefault="00D96FEB" w:rsidP="00D96FEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D96FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Макаров Дмитрий Егорович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B45C37B" w14:textId="636DA75F" w:rsidR="003F58C7" w:rsidRDefault="003F58C7" w:rsidP="003F58C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F58C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Иванова Серафима Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D13ADF8" w14:textId="0705DFC9" w:rsidR="003F58C7" w:rsidRDefault="003F58C7" w:rsidP="003F58C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сартаков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Иван Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5738A365" w14:textId="4B645DD5" w:rsidR="00695833" w:rsidRDefault="00695833" w:rsidP="00695833">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00695833">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Капустина Мария Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116D7CE7" w14:textId="328778BD" w:rsidR="0092590F" w:rsidRDefault="0092590F" w:rsidP="0092590F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092590F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Спирина Екатерина Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A6BE6D" w14:textId="3EA7C33D" w:rsidR="0092590F" w:rsidRDefault="0092590F" w:rsidP="0092590F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092590F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обухова Анна Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACBA015" w14:textId="2DDA464B" w:rsidR="0092590F" w:rsidRPr="00F10830" w:rsidRDefault="0092590F" w:rsidP="0092590F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092590F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ильтон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Каролина Фелиция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E2B971" w14:textId="21970A63" w:rsidR="00A70D02" w:rsidRPr="00F10830" w:rsidRDefault="00A70D02" w:rsidP="00A70D02">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Арапова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Евгения Леонидовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA3C736" w14:textId="77777777" w:rsidR="00F10830" w:rsidRPr="00F10830" w:rsidRDefault="00F10830" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Розова Ксения Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0929DA2D" w14:textId="60AC6BAE" w:rsidR="00F10830" w:rsidRDefault="00F10830" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Давыдова Анна Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A24D552" w14:textId="55623C0B" w:rsidR="00F10830" w:rsidRDefault="00F10830" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Капизова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гузал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ильнуровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="47A5BCAF" w14:textId="31223228" w:rsidR="00F10830" w:rsidRDefault="00F10830" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соломеин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Иван Константинович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5A54BB" w14:textId="3F63185C" w:rsidR="002C62D2" w:rsidRPr="005A2C61" w:rsidRDefault="002C62D2" w:rsidP="002C62D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Макарова Тамара Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D5DED8" w14:textId="5A2214CD" w:rsidR="005A2C61" w:rsidRPr="005A2C61" w:rsidRDefault="005A2C61" w:rsidP="005A2C61">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Абдулина Евгения Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533A7AA6" w14:textId="16D432A8" w:rsidR="005A2C61" w:rsidRPr="00260B9A" w:rsidRDefault="005A2C61" w:rsidP="005A2C61">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A2C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дракин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A2C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Георгий Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA44A21" w14:textId="26086403" w:rsidR="00260B9A" w:rsidRPr="00260B9A" w:rsidRDefault="00260B9A" w:rsidP="00260B9A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чупракова Анастасия Станиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3945CCAE" w14:textId="4F22AB22" w:rsidR="00260B9A" w:rsidRPr="00F64590" w:rsidRDefault="00260B9A" w:rsidP="00260B9A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стеферловская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ольга Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E49B0A2" w14:textId="42171279" w:rsidR="00F64590" w:rsidRPr="00F64590" w:rsidRDefault="00F64590" w:rsidP="00F64590">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зеленина Елизавета Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4A955B" w14:textId="1F6FDCC0" w:rsidR="00F64590" w:rsidRPr="00B705A8" w:rsidRDefault="00F64590" w:rsidP="00F64590">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чубарева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юлия Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B4AF9D" w14:textId="6195DBE5" w:rsidR="00B705A8" w:rsidRPr="00B705A8" w:rsidRDefault="00B705A8" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глазунова Анжелика Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0B3C66" w14:textId="04EA8EE2" w:rsidR="00B705A8" w:rsidRPr="000455F9" w:rsidRDefault="00B705A8" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стеферловская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ольга Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239F0266" w14:textId="10371103" w:rsidR="000455F9" w:rsidRPr="000455F9" w:rsidRDefault="000455F9" w:rsidP="000455F9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000455F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Архипов Семен Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F3E094" w14:textId="6E768847" w:rsidR="00AE3E72" w:rsidRPr="00AE3E72" w:rsidRDefault="00AE3E72" w:rsidP="00AE3E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE3E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повираева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE3E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вероника Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604BC165" w14:textId="408912F8" w:rsidR="00AE3E72" w:rsidRPr="00AE3E72" w:rsidRDefault="00AE3E72" w:rsidP="00AE3E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE3E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Антропова Ника Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AFB6EB" w14:textId="7537D0AC" w:rsidR="00AE3E72" w:rsidRPr="00AE3E72" w:rsidRDefault="00AE3E72" w:rsidP="00AE3E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE3E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Куракина Юлия Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FD1FF8" w14:textId="7C3F3E98" w:rsidR="00AE3E72" w:rsidRPr="00201E43" w:rsidRDefault="00AE3E72" w:rsidP="00AE3E72">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE3E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чемоданов Никита Евгеньевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2871A8" w14:textId="1A73A361" w:rsidR="00201E43" w:rsidRPr="0080593F" w:rsidRDefault="00201E43" w:rsidP="00201E43">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00201E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исмагилова Диана Рустамовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B4C2CC" w14:textId="5657E276" w:rsidR="0080593F" w:rsidRPr="00D57705" w:rsidRDefault="0080593F" w:rsidP="0080593F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0080593F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Петрова Полина Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5956801F" w14:textId="6A2FEE14" w:rsidR="00D57705" w:rsidRPr="006D16F8" w:rsidRDefault="00D57705" w:rsidP="00D57705">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коннова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF36C41" w14:textId="07B26043" w:rsidR="006D16F8" w:rsidRPr="006A102D" w:rsidRDefault="006D16F8" w:rsidP="006D16F8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исакова Анна Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE6C31C" w14:textId="68F32102" w:rsidR="006A102D" w:rsidRPr="00853A96" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анкудинова Полина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38173CDE" w14:textId="378FB547" w:rsidR="00853A96" w:rsidRPr="00853A96" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Маслиенко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кирилл Владиславович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECA4E59" w14:textId="631387EF" w:rsidR="00853A96" w:rsidRPr="00853A96" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ширванова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Арина Маратовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629A09EB" w14:textId="0EA64E21" w:rsidR="00853A96" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мишарина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Львовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8DF3C7" w14:textId="5B5237B3" w:rsidR="00C3539D" w:rsidRDefault="00C3539D" w:rsidP="00C3539D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C3539D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дадажонов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C3539D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мухаммад </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C3539D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Иногбекович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1C249676" w14:textId="7D2761A3" w:rsidR="00A01C09" w:rsidRDefault="00A01C09" w:rsidP="00A01C09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A01C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кравцова Екатерина Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0DE902" w14:textId="7FE6D9D5" w:rsidR="003D2DEB" w:rsidRDefault="003D2DEB" w:rsidP="003D2DEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D2DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ибрагимова Роза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D2DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фирузовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="14101C44" w14:textId="658DD857" w:rsidR="00405479" w:rsidRPr="006B178B" w:rsidRDefault="00405479" w:rsidP="00405479">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00405479">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диденко </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00405479">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Симеон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00405479">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олегович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F6EA52" w14:textId="2422E1FF" w:rsidR="006B178B" w:rsidRPr="006B178B" w:rsidRDefault="006B178B" w:rsidP="006B178B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B178B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Филиппов Вадим Олегович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4181A8F9" w14:textId="263C3884" w:rsidR="006B178B" w:rsidRPr="006B178B" w:rsidRDefault="006B178B" w:rsidP="006B178B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Холкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Полина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Алексеевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AC927C" w14:textId="407DA9C8" w:rsidR="006B178B" w:rsidRPr="006F0C92" w:rsidRDefault="006B178B" w:rsidP="006B178B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B178B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сальникова Елизавета Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DDF3DD" w14:textId="4F7C33B7" w:rsidR="006F0C92" w:rsidRPr="00D76A7C" w:rsidRDefault="006F0C92" w:rsidP="006F0C92">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Яхин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Марат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дамирович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3523DA6C" w14:textId="6ECC8AC2" w:rsidR="00D76A7C" w:rsidRPr="006D7F87" w:rsidRDefault="00D76A7C" w:rsidP="00D76A7C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D76A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Челпановская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D76A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Яна Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468545E5" w14:textId="70A265E0" w:rsidR="006D7F87" w:rsidRPr="00F20E3D" w:rsidRDefault="006D7F87" w:rsidP="006D7F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Касьянов Антон Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A76BF38" w14:textId="56928FDF" w:rsidR="00F20E3D" w:rsidRPr="00F20E3D" w:rsidRDefault="00F20E3D" w:rsidP="00F20E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рыбкина Софья Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45257888" w14:textId="75DF35A4" w:rsidR="00F20E3D" w:rsidRPr="0085064A" w:rsidRDefault="00F20E3D" w:rsidP="00F20E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Губина Алена Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CE8570" w14:textId="078E9D6C" w:rsidR="0085064A" w:rsidRDefault="0085064A" w:rsidP="0085064A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лукьянова Оксана Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E1A9D8" w14:textId="0B2A15F5" w:rsidR="00AA4D09" w:rsidRDefault="00AA4D09" w:rsidP="00AA4D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA4D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Еловикова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA4D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ульяна Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA4CCB5" w14:textId="1C5D73E3" w:rsidR="00AA4D09" w:rsidRDefault="00AA4D09" w:rsidP="00AA4D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Окулова Дарья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB4F5B3" w14:textId="55FB6781" w:rsidR="002A53D9" w:rsidRDefault="002A53D9" w:rsidP="002A53D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A53D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шубина Анастасия Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2041ABC8" w14:textId="76DFB973" w:rsidR="002A53D9" w:rsidRDefault="002A53D9" w:rsidP="002A53D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A53D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Айдулина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A53D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Арина Артуровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26805BA5" w14:textId="62CFF037" w:rsidR="002A53D9" w:rsidRDefault="002A53D9" w:rsidP="002A53D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A53D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вьюхина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A53D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B26CAE5" w14:textId="77777777" w:rsidR="00FD0748" w:rsidRDefault="002A53D9" w:rsidP="00FD0748">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A53D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A53D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAB0F67" w14:textId="3A4279D9" w:rsidR="00FD0748" w:rsidRDefault="00FD0748" w:rsidP="00FD0748">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нестерова Елизавета Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204FBC37" w14:textId="088A2442" w:rsidR="00FD0748" w:rsidRDefault="00FD0748" w:rsidP="00FD0748">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хайретдинов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данил </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ильфатович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="00A2FF75" w14:textId="7C4B0745" w:rsidR="00032CCA" w:rsidRDefault="00032CCA" w:rsidP="00032CCA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Чернов Александр Витальевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387810CF" w14:textId="2CDD1DD8" w:rsidR="00032CCA" w:rsidRDefault="00032CCA" w:rsidP="00032CCA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032CCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лукина Анастасия Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25370D38" w14:textId="6E370DF6" w:rsidR="007212AB" w:rsidRPr="00857197" w:rsidRDefault="007212AB" w:rsidP="007212AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007212AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Реданских</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007212AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олеся Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16BC5FB6" w14:textId="0AAE92E1" w:rsidR="00857197" w:rsidRPr="00A54059" w:rsidRDefault="00857197" w:rsidP="00857197">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00857197">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Насырова Дарья Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083E33FE" w14:textId="77F7223B" w:rsidR="00A54059" w:rsidRPr="00A54059" w:rsidRDefault="00A54059" w:rsidP="00A54059">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заборских Александра Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8AC213" w14:textId="41A54089" w:rsidR="00A54059" w:rsidRPr="00284645" w:rsidRDefault="00A54059" w:rsidP="00A54059">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соколова Ксения Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5FCDEC" w14:textId="7044D1AD" w:rsidR="00284645" w:rsidRPr="00284645" w:rsidRDefault="00284645" w:rsidP="00284645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00284645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вахонина Ирина Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0107A286" w14:textId="0240FBED" w:rsidR="00284645" w:rsidRPr="00284645" w:rsidRDefault="00284645" w:rsidP="00284645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00284645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алексеева Ангелина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00284645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Муллокурбоновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1EEE79D9" w14:textId="0463F4A9" w:rsidR="00284645" w:rsidRPr="003A3BF9" w:rsidRDefault="00284645" w:rsidP="00284645">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00284645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соломонов Никита Евгеньевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0A92A2" w14:textId="06709EFA" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Малкиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталья Эдуардовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665F4798" w14:textId="608990C5" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ходырева Софья Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1147CD45" w14:textId="57DF3082" w:rsidR="003A3BF9" w:rsidRPr="003A3BF9" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бусыгина Мария Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FB10BB" w14:textId="57D11DC3" w:rsidR="003A3BF9" w:rsidRPr="008A024F" w:rsidRDefault="003A3BF9" w:rsidP="003A3BF9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Муллаярова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вероника Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A44453B" w14:textId="5C18A6B9" w:rsidR="008A024F" w:rsidRPr="008B534B" w:rsidRDefault="008A024F" w:rsidP="008A024F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Самарина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сабрина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Григорьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AB5EED" w14:textId="36B13016" w:rsidR="008B534B" w:rsidRPr="008B534B" w:rsidRDefault="008B534B" w:rsidP="008B534B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B534B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бархатов Дмитрий Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688FF8DE" w14:textId="674DE1E5" w:rsidR="008B534B" w:rsidRPr="008B534B" w:rsidRDefault="008B534B" w:rsidP="008B534B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B534B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Долгова Елизавета Федоровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DFF61E" w14:textId="0709765C" w:rsidR="008B534B" w:rsidRPr="008B534B" w:rsidRDefault="008B534B" w:rsidP="008B534B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B534B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Юрьева Дарья Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50086752" w14:textId="1B261B3C" w:rsidR="008B534B" w:rsidRPr="00836FAF" w:rsidRDefault="008B534B" w:rsidP="008B534B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B534B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сухова Дарья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E625DFD" w14:textId="4B4E2486" w:rsidR="00836FAF" w:rsidRDefault="00836FAF" w:rsidP="00836FAF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хасанова Александра Руслановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79666989" w14:textId="28B35026" w:rsidR="00774E0E" w:rsidRDefault="00774E0E" w:rsidP="00774E0E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00774E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лукина Мария Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61031EB0" w14:textId="15C72534" w:rsidR="00774E0E" w:rsidRPr="0071314C" w:rsidRDefault="00774E0E" w:rsidP="00774E0E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00774E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кузнецова Марина Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E4A90A" w14:textId="5E015AB2" w:rsidR="0071314C" w:rsidRPr="002D4DCE" w:rsidRDefault="0071314C" w:rsidP="0071314C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0071314C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Серебренникова Екатерина Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615D6F4C" w14:textId="185BE3EC" w:rsidR="002D4DCE" w:rsidRDefault="002D4DCE" w:rsidP="002D4DCE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D4DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Овчинникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D4DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мария Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A74710" w14:textId="265F6FD3" w:rsidR="001C5FB3" w:rsidRDefault="001C5FB3" w:rsidP="001C5FB3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C5FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каширин Константин Иванович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19537FDD" w14:textId="122AB2CD" w:rsidR="001C5FB3" w:rsidRDefault="001C5FB3" w:rsidP="001C5FB3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C5FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Белоглазова Екатерина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309B654E" w14:textId="5696F8D0" w:rsidR="00823159" w:rsidRDefault="00823159" w:rsidP="00823159">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00823159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лебедев Никита Семенович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75BBAFD5" w14:textId="7EBA4C21" w:rsidR="00647C01" w:rsidRDefault="00647C01" w:rsidP="00647C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00647C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соколкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00647C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валерия Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A746B2" w14:textId="6628D127" w:rsidR="00647C01" w:rsidRDefault="00647C01" w:rsidP="00647C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00647C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нигматзянова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00647C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Полина Кирилловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153C57C4" w14:textId="4CCB9731" w:rsidR="00647C01" w:rsidRDefault="00647C01" w:rsidP="00647C01">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00647C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Боровлёва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00647C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александра Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E3FD08" w14:textId="33A33018" w:rsidR="00F86F6C" w:rsidRDefault="00F86F6C" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F86F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обоскалова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F86F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юлия Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F096BC5" w14:textId="18AAD1A9" w:rsidR="000E02CA" w:rsidRDefault="000E02CA" w:rsidP="000E02CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E02CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Моор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E02CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Милана Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3A125D" w14:textId="181FF1D5" w:rsidR="000E02CA" w:rsidRDefault="000E02CA" w:rsidP="000E02CA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E02CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Смирнова Анастасия Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738512D2" w14:textId="3D4ACA29" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Карамышева Юлия Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF57EFF" w14:textId="6D7121E0" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Антропова Антонина Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AE6512" w14:textId="25B5DFB1" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кузьмина Виктория Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183F6717" w14:textId="3AA24188" w:rsidR="004805B2" w:rsidRDefault="004805B2" w:rsidP="004805B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004805B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Миродилова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004805B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004805B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Элизабану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004805B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004805B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мусожоновна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5BDF9826" w14:textId="032B5527" w:rsidR="009615F1" w:rsidRDefault="009615F1" w:rsidP="009615F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Королева Тамара Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7C8DDC" w14:textId="11B9A5E6" w:rsidR="009615F1" w:rsidRDefault="009615F1" w:rsidP="009615F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Давлатова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ойша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гулмахмадовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="33283C61" w14:textId="79BA09F5" w:rsidR="009615F1" w:rsidRDefault="009615F1" w:rsidP="009615F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Беляева Полина Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147E7DE8" w14:textId="5356C87A" w:rsidR="009615F1" w:rsidRDefault="009615F1" w:rsidP="009615F1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ибронов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фирдавс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009615F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Боймахмадович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="791DBA14" w14:textId="1D081217" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Храмцов Денис Михайлович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CCC772" w14:textId="3EA73A24" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пущина Анастасия Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EB7CB0" w14:textId="00E0A3F0" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Киреева Елена Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D9C25B" w14:textId="3B682852" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Речкалова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78288DA5" w14:textId="06E3BAC4" w:rsidR="005550B2" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Русинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69809C96" w14:textId="65908D19" w:rsidR="005550B2" w:rsidRPr="008B1193" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B1193">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рублев Иван Константинович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201CF91C" w14:textId="6F9D65BF" w:rsidR="00F32BD6" w:rsidRPr="00AE52C5" w:rsidRDefault="00F32BD6" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE52C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мельцова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE52C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алёна Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52943680" w14:textId="3541C54B" w:rsidR="008B1193" w:rsidRPr="00494774" w:rsidRDefault="008B1193" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сальников Иван Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6771020F" w14:textId="78EEDB26" w:rsidR="00494774" w:rsidRPr="00494774" w:rsidRDefault="00494774" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тимошенко Максим Андреевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0930EB7B" w14:textId="00315C3B" w:rsidR="00AE52C5" w:rsidRPr="00EC663A" w:rsidRDefault="00AE52C5" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC663A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Балеевских</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC663A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Арина Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5CB2DA" w14:textId="22788540" w:rsidR="00EC663A" w:rsidRPr="00363E85" w:rsidRDefault="00EC663A" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00363E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Горбунова Александра Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313DF2D4" w14:textId="1FE6C2CA" w:rsidR="00363E85" w:rsidRPr="001A033E" w:rsidRDefault="00363E85" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A033E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Кузнецов Николай Львович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B8F77B" w14:textId="2594234C" w:rsidR="00363E85" w:rsidRPr="000F578B" w:rsidRDefault="00363E85" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Золотарев Кирилл Константинович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1677B29A" w14:textId="5DBCEEE1" w:rsidR="000F578B" w:rsidRPr="00FE7244" w:rsidRDefault="000F578B" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Скоробогатов Андрей Андреевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0148F4F6" w14:textId="260913F2" w:rsidR="00AB1C61" w:rsidRPr="00FE7244" w:rsidRDefault="00AB1C61" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Байкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C292E61" w14:textId="0E8344FD" w:rsidR="00FE7244" w:rsidRPr="00FE7244" w:rsidRDefault="00FE7244" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Лосев Роман Олегович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB27B94" w14:textId="58D9F347" w:rsidR="00FE7244" w:rsidRPr="00FE7244" w:rsidRDefault="00FE7244" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шилак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Евгения Романовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EC9AB6" w14:textId="26B56DCB" w:rsidR="00FE7244" w:rsidRPr="00FE7244" w:rsidRDefault="00FE7244" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мазунина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юлия Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390B9095" w14:textId="46ED698A" w:rsidR="00FE7244" w:rsidRPr="00FE7244" w:rsidRDefault="00FE7244" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Бондаренко Артемий Викторович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3506EB" w14:textId="0BD16E87" w:rsidR="00FE7244" w:rsidRPr="00FE7244" w:rsidRDefault="00FE7244" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Солдатов Иван Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E00C7BF" w14:textId="2AE37CB1" w:rsidR="00FE7244" w:rsidRPr="000F7B1C" w:rsidRDefault="00FE7244" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Пономарева Мария Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263828A1" w14:textId="64BEFFB3" w:rsidR="000F7B1C" w:rsidRDefault="000F7B1C" w:rsidP="000F7B1C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кузнецова Евгения Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE80B79" w14:textId="333551FF" w:rsidR="000F7B1C" w:rsidRDefault="000F7B1C" w:rsidP="000F7B1C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Меркушина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мария Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3F97F8" w14:textId="3B95B007" w:rsidR="002A7D09" w:rsidRDefault="002A7D09" w:rsidP="002A7D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мещерякова Алина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50ABB341" w14:textId="6962A58D" w:rsidR="002A7D09" w:rsidRDefault="002A7D09" w:rsidP="002A7D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Леванюк Софья Семёновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164322C9" w14:textId="58AB306C" w:rsidR="002A7D09" w:rsidRDefault="002A7D09" w:rsidP="002A7D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Антонова София Денисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337EBFAD" w14:textId="51E74D15" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Янтурина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Надежда Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61357DB7" w14:textId="7EAE8C2E" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казакова Светлана Валерьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3248C423" w14:textId="4E091B72" w:rsidR="000D27D7" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Птицина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталья Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A26CC7F" w14:textId="513BF7F6" w:rsidR="000D27D7" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ешметова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6B8102" w14:textId="14D93F22" w:rsidR="000D27D7" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кочегаров Евгений Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E69E84" w14:textId="212F1009" w:rsidR="00683A0B" w:rsidRDefault="00683A0B" w:rsidP="00683A0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00683A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Губина Вероника Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8263EB" w14:textId="0B9B1416" w:rsidR="00683A0B" w:rsidRDefault="00683A0B" w:rsidP="00683A0B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00683A0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Торопова Анастасия Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="359DCD88" w14:textId="09D735FE" w:rsidR="003E1750" w:rsidRDefault="003E1750" w:rsidP="003E1750">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рязанова Полина Павловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DEFB90B" w14:textId="403D0819" w:rsidR="00764FF7" w:rsidRDefault="00764FF7" w:rsidP="00764FF7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00764FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сухотеплый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00764FF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Егор Романович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACE26B9" w14:textId="20FF6194" w:rsidR="00F25CEF" w:rsidRDefault="00F25CEF" w:rsidP="00F25CEF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F25CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лебедев Сергей Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43637BD9" w14:textId="5E4B4861" w:rsidR="001F2278" w:rsidRDefault="001F2278" w:rsidP="001F2278">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F2278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Харюшина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F2278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Диана Эдуардовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBB86A1" w14:textId="794479CD" w:rsidR="006E531C" w:rsidRDefault="006E531C" w:rsidP="006E531C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006E531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Линник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006E531C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18509E47" w14:textId="2BF69ED3" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мирзошарифов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шароф</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Толибджонович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0DF05B44" w14:textId="488978E8" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Султонов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хумайни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нуридинович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0116999D" w14:textId="2A1595A2" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Илютин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Степан Алексеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDC96FA" w14:textId="072D420A" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чучкалов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данил Владиславович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBA2F20" w14:textId="6766ACF1" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пехташева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наталина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3425EC" w14:textId="5E9B2038" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лаптева Юлия Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB12498" w14:textId="068FE4B3" w:rsidR="00426B73" w:rsidRDefault="00426B73" w:rsidP="00426B73">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00426B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лосева Анна Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3611A1DA" w14:textId="769B5565" w:rsidR="00810A7D" w:rsidRDefault="00810A7D" w:rsidP="00810A7D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Королева Ксения Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACB66A9" w14:textId="1F8C28F8" w:rsidR="005B7B3E" w:rsidRDefault="005B7B3E" w:rsidP="005B7B3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Черных Елена Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B8C5E7" w14:textId="3CBD87CF" w:rsidR="005B7B3E" w:rsidRDefault="005B7B3E" w:rsidP="005B7B3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сенцова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Полина Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129B2930" w14:textId="25CFC261" w:rsidR="005B7B3E" w:rsidRDefault="005B7B3E" w:rsidP="005B7B3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жданова Карина Васильевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F08A66D" w14:textId="56137B4C" w:rsidR="005B7B3E" w:rsidRDefault="005B7B3E" w:rsidP="005B7B3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Насибари</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эльвисович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="19EDDB9E" w14:textId="394333FA" w:rsidR="00A60097" w:rsidRPr="00FE7244" w:rsidRDefault="00A60097" w:rsidP="00A60097">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A60097">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ворожцова Мария Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493618C2" w14:textId="77777777" w:rsidR="00D96FEB" w:rsidRPr="00F10830" w:rsidRDefault="00D96FEB" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FDACA09" w14:textId="5D2EA38C" w:rsidR="00BC7CD8" w:rsidRPr="008F6C38" w:rsidRDefault="008F6C38" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Группа ДОТ-Ю-25</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7CD8" w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BC7CD8" w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC7CD8" w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D16AEFE" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ангакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валерия Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A441ED6" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B55D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бушкова Екатерина Витальевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025FEC69" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глухов Олег Евгеньевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FD2481" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гурьева Валерия Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6E30B8" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дресвянников</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Никита Олегович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144FFB1B" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жданова Богдана Денисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6102D0" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исаков Александр Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B5D4C2" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пискова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Татьяна Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CF7DEB" w14:textId="36886998" w:rsidR="00F64F86" w:rsidRDefault="00F64F86" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F64F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Урушин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F64F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даниил Николаевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBA6148" w14:textId="5D152FFD" w:rsidR="009326A0" w:rsidRPr="00A7451D" w:rsidRDefault="009326A0" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Крапивко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Кирилловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E109F27" w14:textId="7D9B0DCD" w:rsidR="00A7451D" w:rsidRDefault="00A7451D" w:rsidP="00A7451D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Романова Светлана Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7856A1A2" w14:textId="47C4BFC9" w:rsidR="002C62D2" w:rsidRPr="0080593F" w:rsidRDefault="002C62D2" w:rsidP="002C62D2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тарасенко Артем Михайлович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D0759A" w14:textId="29BF0734" w:rsidR="0080593F" w:rsidRPr="00B36A30" w:rsidRDefault="0080593F" w:rsidP="0080593F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0080593F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Новиков Владислав Валерьевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACC55D1" w14:textId="77777777" w:rsidR="008352CB" w:rsidRPr="008352CB" w:rsidRDefault="00B36A30" w:rsidP="00B36A30">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36A30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шитова Светлана Викторовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E17009F" w14:textId="59A060C1" w:rsidR="00B36A30" w:rsidRPr="006F0C92" w:rsidRDefault="008352CB" w:rsidP="008352CB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008352CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шевелина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008352CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Павловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C72F1CF" w14:textId="69C13663" w:rsidR="006F0C92" w:rsidRPr="00F56A06" w:rsidRDefault="006F0C92" w:rsidP="006F0C92">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сеннова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елизавета Васильевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27014A28" w14:textId="64A739C6" w:rsidR="00F56A06" w:rsidRPr="00D76A7C" w:rsidRDefault="00F56A06" w:rsidP="00F56A06">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F56A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пустовит</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F56A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вячеслав Валерьевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7B12DA" w14:textId="42751BB5" w:rsidR="00D76A7C" w:rsidRDefault="00D76A7C" w:rsidP="00D76A7C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D76A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Черменина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D76A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Эдуардовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCAEEAF" w14:textId="2B8EE429" w:rsidR="00FD0748" w:rsidRPr="00857197" w:rsidRDefault="00FD0748" w:rsidP="00FD0748">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шлегель Виталия Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B68484" w14:textId="55094CCD" w:rsidR="00857197" w:rsidRPr="00836FAF" w:rsidRDefault="00857197" w:rsidP="00857197">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00857197">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Паничкина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00857197">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Иулиана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00857197">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD0338E" w14:textId="2AA28050" w:rsidR="00836FAF" w:rsidRPr="0071314C" w:rsidRDefault="00836FAF" w:rsidP="00836FAF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00836FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Самойлова Софья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AF177E" w14:textId="0BAC83F4" w:rsidR="0071314C" w:rsidRPr="0071314C" w:rsidRDefault="0071314C" w:rsidP="0071314C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0071314C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Симонова Милена Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D6A697" w14:textId="129ED826" w:rsidR="0071314C" w:rsidRDefault="0071314C" w:rsidP="0071314C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0071314C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Колыванова Дарья Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49758AF7" w14:textId="3D91D0D5" w:rsidR="00A13E19" w:rsidRPr="003A3FA6" w:rsidRDefault="00A13E19" w:rsidP="00A13E19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бронникова Светлана Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685DF07E" w14:textId="45462F78" w:rsidR="00F86F6C" w:rsidRPr="003A3FA6" w:rsidRDefault="00F86F6C" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Верная Александра Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F43901" w14:textId="6187C784" w:rsidR="003A3FA6" w:rsidRPr="003A3FA6" w:rsidRDefault="003A3FA6" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Половникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елизавета Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E054F0" w14:textId="66C1D47D" w:rsidR="003A3FA6" w:rsidRPr="003A3FA6" w:rsidRDefault="003A3FA6" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сармусакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Алишеровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="02463100" w14:textId="2A3575ED" w:rsidR="003A3FA6" w:rsidRPr="00AB1C61" w:rsidRDefault="003A3FA6" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ризвонов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расул </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB1C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Рахмоналиевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6BD6F738" w14:textId="275B8E4B" w:rsidR="001A033E" w:rsidRPr="00FE7244" w:rsidRDefault="001A033E" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Касаткина Екатерина Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1279E2" w14:textId="75250419" w:rsidR="00AB1C61" w:rsidRPr="00FE7244" w:rsidRDefault="00AB1C61" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Гребнева Полина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06069666" w14:textId="01A01CE1" w:rsidR="00FE7244" w:rsidRPr="000D27D7" w:rsidRDefault="00FE7244" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Алдухова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Константиновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4809E28F" w14:textId="0CD3AAE5" w:rsidR="000D27D7" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перина Ульяна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перфирьевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6CBB9F94" w14:textId="2A6897C4" w:rsidR="001F2278" w:rsidRDefault="001F2278" w:rsidP="001F2278">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F2278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Журавлева Александра Петровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AFFDF3" w14:textId="15E3C838" w:rsidR="001F2278" w:rsidRDefault="001F2278" w:rsidP="001F2278">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F2278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Яшенко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F2278">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вадим Евгеньевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE2C08E" w14:textId="333A22A0" w:rsidR="009A6159" w:rsidRPr="00FE7244" w:rsidRDefault="009A6159" w:rsidP="009A6159">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A6159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гладких</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A6159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A6159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Булатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="24FE42A8" w14:textId="77777777" w:rsidR="00D276EC" w:rsidRPr="00573041" w:rsidRDefault="00D276EC" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6096305C" w14:textId="68FEC886" w:rsidR="007F7CA0" w:rsidRPr="00864022" w:rsidRDefault="00864022" w:rsidP="007F7CA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-БУ-25</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7CA0" w:rsidRPr="00864022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA4A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007F7CA0" w:rsidRPr="00864022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D66F0FC" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00996573">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лебедева </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вероника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00996573">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7137DE9E" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00864022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хайрулина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00864022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валерия Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076442F8" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шалагинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0A2EAE" w14:textId="06F676B0" w:rsidR="00083596" w:rsidRDefault="00083596" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Свойкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64EED2CA" w14:textId="1DB7D5BD" w:rsidR="00083596" w:rsidRDefault="00083596" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарыгина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C80CF3E" w14:textId="16C90116" w:rsidR="00464D7C" w:rsidRPr="00002826" w:rsidRDefault="00464D7C" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00464D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анисимова Екатерина Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30380444" w14:textId="2E89F308" w:rsidR="00002826" w:rsidRPr="006D16F8" w:rsidRDefault="00002826" w:rsidP="00002826">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00002826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ямщикова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00002826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александра Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9B7F17" w14:textId="1666DDA7" w:rsidR="006D16F8" w:rsidRDefault="006D16F8" w:rsidP="006D16F8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Манцуровская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сияна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D16F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F073444" w14:textId="343A909B" w:rsidR="003D2DEB" w:rsidRPr="006B178B" w:rsidRDefault="003D2DEB" w:rsidP="003D2DEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D2DEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Губанова Надежда Валерьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C0CDD3" w14:textId="57B446BC" w:rsidR="006B178B" w:rsidRPr="006B178B" w:rsidRDefault="006B178B" w:rsidP="006B178B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B178B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Букина Ксения Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0A7C9A" w14:textId="223A3DE4" w:rsidR="006B178B" w:rsidRPr="006D7F87" w:rsidRDefault="006B178B" w:rsidP="006B178B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B178B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Верба Юлия Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4BC5FD" w14:textId="6E09ABB5" w:rsidR="006D7F87" w:rsidRDefault="006D7F87" w:rsidP="006D7F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Матиенко Анастасия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388E39D3" w14:textId="7FC92F9E" w:rsidR="00514B83" w:rsidRDefault="00514B83" w:rsidP="00514B83">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514B83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Маслова Анастасия Валерьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEB6181" w14:textId="0C0BA6C1" w:rsidR="00AA4D09" w:rsidRDefault="00AA4D09" w:rsidP="00AA4D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рыжикова Ульяна Леонидовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63801951" w14:textId="04DAAADE" w:rsidR="0026282A" w:rsidRPr="00941E0F" w:rsidRDefault="0026282A" w:rsidP="0026282A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Микушина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алёна Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327A4C21" w14:textId="736A3217" w:rsidR="00941E0F" w:rsidRDefault="00941E0F" w:rsidP="00941E0F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Солдаткина Ксения Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ECE128" w14:textId="79B62996" w:rsidR="000D27D7" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Русина Наталья Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EA0BE7" w14:textId="3C98C8CD" w:rsidR="000D27D7" w:rsidRPr="00864022" w:rsidRDefault="000D27D7" w:rsidP="000D27D7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шкаберова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D27D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлана Викторовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0362A53E" w14:textId="77777777" w:rsidR="00F11E1C" w:rsidRPr="00573041" w:rsidRDefault="00F11E1C" w:rsidP="00F11E1C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CC50247" w14:textId="5A718190" w:rsidR="00823159" w:rsidRPr="00864022" w:rsidRDefault="00823159" w:rsidP="00823159">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-БУ-25</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00864022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00864022">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03251B9F" w14:textId="49E7E1F9" w:rsidR="00823159" w:rsidRPr="00823159" w:rsidRDefault="00823159" w:rsidP="00823159">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00823159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Григорьева Полина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A14CF2" w14:textId="77777777" w:rsidR="00823159" w:rsidRDefault="00823159" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62F243D7" w14:textId="3286DCE8" w:rsidR="003F20F0" w:rsidRPr="008F6C38" w:rsidRDefault="008F6C38" w:rsidP="00BA6167">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-ТД-25</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA4A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003F20F0" w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F78F1AB" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRPr="008F6C38" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алексеюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDC13B4" w14:textId="77777777" w:rsidR="00BE3481" w:rsidRPr="00083596" w:rsidRDefault="00BE3481" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Роскошная Дарья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F29151A" w14:textId="6991FD3F" w:rsidR="00083596" w:rsidRDefault="00083596" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мукин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дмитрий Олегович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DD30B4" w14:textId="798C1BF3" w:rsidR="00083596" w:rsidRDefault="00083596" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00083596">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Костин Артём Андреевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614AF07A" w14:textId="5FA38607" w:rsidR="00F26550" w:rsidRPr="00260B9A" w:rsidRDefault="00F26550" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Королева Наталья Борисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3702B911" w14:textId="018E51C7" w:rsidR="00260B9A" w:rsidRPr="00260B9A" w:rsidRDefault="00260B9A" w:rsidP="00260B9A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Валеева Элина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ильдаровна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="11E2F9FF" w14:textId="60981F68" w:rsidR="00260B9A" w:rsidRPr="000455F9" w:rsidRDefault="00260B9A" w:rsidP="00260B9A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кузьмина Жанна Константиновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F9C67A" w14:textId="4E97CD37" w:rsidR="000455F9" w:rsidRPr="006A102D" w:rsidRDefault="000455F9" w:rsidP="000455F9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000455F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Грачева Наталья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CAC80AF" w14:textId="416F5CF1" w:rsidR="006A102D" w:rsidRPr="006F0C92" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Солянов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Илья Владимирович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8C7B31" w14:textId="1B1F4B29" w:rsidR="006F0C92" w:rsidRPr="00F20E3D" w:rsidRDefault="006F0C92" w:rsidP="006F0C92">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хакимова Эвелина </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анфисовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0B6A6F5C" w14:textId="2BC74AD1" w:rsidR="00F20E3D" w:rsidRDefault="00F20E3D" w:rsidP="00F20E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ковров Алексей Игоревич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B144A1" w14:textId="3A704244" w:rsidR="00FD0748" w:rsidRPr="00941E0F" w:rsidRDefault="00FD0748" w:rsidP="00FD0748">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мишкина Татьяна Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AECCB7" w14:textId="2F930075" w:rsidR="00941E0F" w:rsidRDefault="00941E0F" w:rsidP="00941E0F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данилова Мария Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236AF37F" w14:textId="23DD0FE3" w:rsidR="000A434F" w:rsidRDefault="000A434F" w:rsidP="000A434F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A434F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Потапова Виктория Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0AAD91" w14:textId="086EFCE7" w:rsidR="00BE5E2F" w:rsidRPr="000C15F1" w:rsidRDefault="00BE5E2F" w:rsidP="00BE5E2F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C15F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ярулина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C15F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кристина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B114C2D" w14:textId="2E63331E" w:rsidR="005550B2" w:rsidRPr="000C15F1" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C15F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Посадских</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C15F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78389906" w14:textId="2B141842" w:rsidR="000C15F1" w:rsidRPr="00FB7A84" w:rsidRDefault="000C15F1" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C15F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Узун Валерия Руслановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B363A8C" w14:textId="1287C754" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Катаева Алёна Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373D0FA4" w14:textId="3F05CDEF" w:rsidR="00FB7A84" w:rsidRPr="001F10F4" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пискарев Алексей Михайлович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A8EC46" w14:textId="77777777" w:rsidR="00126C6C" w:rsidRDefault="00126C6C" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E3D97EE" w14:textId="4908C3D5" w:rsidR="00321711" w:rsidRPr="008F6C38" w:rsidRDefault="00321711" w:rsidP="00321711">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-ТГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFA6479" w14:textId="154A5D00" w:rsidR="00321711" w:rsidRPr="00EF5488" w:rsidRDefault="00321711" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00321711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шабалдина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00321711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Петровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50ECCCBF" w14:textId="4DE6608C" w:rsidR="00EF5488" w:rsidRPr="00D96FEB" w:rsidRDefault="00EF5488" w:rsidP="00EF5488">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Горячева Людмила Руслановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02815823" w14:textId="17878DDE" w:rsidR="00D96FEB" w:rsidRDefault="00D96FEB" w:rsidP="00D96FEB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D96FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Борисюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D96FEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мария Васильевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C5B0A4" w14:textId="6B34B8D4" w:rsidR="00695833" w:rsidRPr="00002826" w:rsidRDefault="00695833" w:rsidP="00695833">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00695833">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Паластрова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00695833">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алиса Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000EA494" w14:textId="7F98257B" w:rsidR="00002826" w:rsidRPr="00D57705" w:rsidRDefault="00002826" w:rsidP="00002826">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00002826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вэй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00002826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Э</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00002826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>врика Викторовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D937834" w14:textId="3AE752FD" w:rsidR="00D57705" w:rsidRDefault="00D57705" w:rsidP="00D57705">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57705">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Андреева Анна Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614FF732" w14:textId="29EA45E4" w:rsidR="0056312C" w:rsidRDefault="0056312C" w:rsidP="0056312C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0056312C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Возмищева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0056312C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669708C9" w14:textId="64305A63" w:rsidR="002A53D9" w:rsidRPr="000F578B" w:rsidRDefault="002A53D9" w:rsidP="002A53D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лазарева Полина Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C848B6E" w14:textId="7FB32A50" w:rsidR="008A024F" w:rsidRPr="000F578B" w:rsidRDefault="008A024F" w:rsidP="008A024F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лазарева Валерия Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D57378" w14:textId="67D9ECE1" w:rsidR="000F578B" w:rsidRPr="00FB7A84" w:rsidRDefault="000F578B" w:rsidP="008A024F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Борисова Марина Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9A9039" w14:textId="6ADCDBC0" w:rsidR="00FB7A84" w:rsidRPr="000F578B" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Киселева Мария Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C204D2E" w14:textId="77777777" w:rsidR="00321711" w:rsidRDefault="00321711" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C64AAE9" w14:textId="655B22CC" w:rsidR="00734F20" w:rsidRPr="008F6C38" w:rsidRDefault="00734F20" w:rsidP="00734F20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFD6CEF" w14:textId="0278A742" w:rsidR="00734F20" w:rsidRDefault="00734F20" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Томилова Екатерина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B943556" w14:textId="2FD3DCA9" w:rsidR="00A70D02" w:rsidRDefault="00A70D02" w:rsidP="00A70D02">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A70D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Закриева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A70D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A70D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аделина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A70D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руслановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4EFD4A" w14:textId="6FDEF248" w:rsidR="002625E4" w:rsidRPr="00F64590" w:rsidRDefault="002625E4" w:rsidP="002625E4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002625E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Харченко Евгений Владимирович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702472BF" w14:textId="75C5E944" w:rsidR="00F64590" w:rsidRPr="00181E0D" w:rsidRDefault="00F64590" w:rsidP="00F64590">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64590">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Денисова Елена Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55FD9A71" w14:textId="49046270" w:rsidR="00181E0D" w:rsidRPr="006A102D" w:rsidRDefault="00181E0D" w:rsidP="00181E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00181E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хлебникова Дарья Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3327BD" w14:textId="403089FC" w:rsidR="006A102D" w:rsidRPr="00853A96" w:rsidRDefault="006A102D" w:rsidP="006A102D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A102D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ермакова Диана Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AB6EA9" w14:textId="6EABC83D" w:rsidR="00853A96" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третьякова Анна Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DF6FB6" w14:textId="46EA62B2" w:rsidR="0019421D" w:rsidRPr="00DA0149" w:rsidRDefault="0019421D" w:rsidP="0019421D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019421D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чулкова Лилия Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265F0EBF" w14:textId="3AC4AA8A" w:rsidR="00DA0149" w:rsidRDefault="00DA0149" w:rsidP="00DA0149">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новик Анна Павловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0110608A" w14:textId="776B8F15" w:rsidR="00FB338C" w:rsidRDefault="00FB338C" w:rsidP="00FB338C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB338C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Берсенёва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB338C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE5F9B4" w14:textId="0F8BA005" w:rsidR="00FB338C" w:rsidRPr="00363E85" w:rsidRDefault="00FB338C" w:rsidP="00FB338C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00363E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Садыков Иван Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68561921" w14:textId="6F1B7FAC" w:rsidR="00363E85" w:rsidRPr="00FB7A84" w:rsidRDefault="00363E85" w:rsidP="00FB338C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00363E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тельминова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00363E85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталия Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39668931" w14:textId="2CA6A140" w:rsidR="00FB7A84" w:rsidRPr="00363E85" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Истомина Лина Константиновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215747A8" w14:textId="77777777" w:rsidR="00734F20" w:rsidRDefault="00734F20" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33465227" w14:textId="5E40CD2B" w:rsidR="00014F7D" w:rsidRPr="008F6C38" w:rsidRDefault="00014F7D" w:rsidP="00014F7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-Л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCA6861" w14:textId="7F512CDF" w:rsidR="00014F7D" w:rsidRPr="0003611D" w:rsidRDefault="00014F7D" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014F7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Клюев Даниил Иванович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783DB87A" w14:textId="586C14EE" w:rsidR="0003611D" w:rsidRDefault="0003611D" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0003611D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Корчагина Дарья Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A5D1B5" w14:textId="0F9FDCC2" w:rsidR="00515E6E" w:rsidRDefault="00515E6E" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Попова Юлия Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D45AFC6" w14:textId="57577E7D" w:rsidR="00515E6E" w:rsidRDefault="00515E6E" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00515E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Худякова Ксения Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E79A22" w14:textId="1C3F18C9" w:rsidR="00B9714C" w:rsidRPr="00EF5488" w:rsidRDefault="00B9714C" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Симанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F05552" w14:textId="5ECF294E" w:rsidR="00EF5488" w:rsidRPr="0081269C" w:rsidRDefault="00EF5488" w:rsidP="00EF5488">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Носова Анна Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2C606F" w14:textId="0BF650E3" w:rsidR="0081269C" w:rsidRPr="000A415B" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зигангирова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кристина Константиновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E77930F" w14:textId="082FE13E" w:rsidR="000A415B" w:rsidRPr="00927414" w:rsidRDefault="000A415B" w:rsidP="000A415B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A415B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Телегина Катарина Руслановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509A9E03" w14:textId="5BB09C8F" w:rsidR="00927414" w:rsidRDefault="00927414" w:rsidP="00927414">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Девятых Ярослава Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1776EB" w14:textId="2CD971DC" w:rsidR="003F58C7" w:rsidRPr="00853A96" w:rsidRDefault="003F58C7" w:rsidP="003F58C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F58C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Арапова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F58C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF1A26F" w14:textId="404C8046" w:rsidR="00853A96" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Семьина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5CE8F4" w14:textId="6999C56E" w:rsidR="007B26A7" w:rsidRPr="006F0C92" w:rsidRDefault="007B26A7" w:rsidP="007B26A7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B26A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Малярова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B26A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210E4AFD" w14:textId="2A0E46C6" w:rsidR="006F0C92" w:rsidRDefault="006F0C92" w:rsidP="006F0C92">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Митюшова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F0C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Станиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1208724F" w14:textId="0893278D" w:rsidR="0026282A" w:rsidRDefault="0026282A" w:rsidP="0026282A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026282A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Юдинцев Максим Владимирович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48898D82" w14:textId="77036E27" w:rsidR="001C5FB3" w:rsidRDefault="001C5FB3" w:rsidP="001C5FB3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C5FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нестерова Ольга Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB24D2E" w14:textId="0EF599A7" w:rsidR="00F86F6C" w:rsidRDefault="00F86F6C" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F86F6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лебедева Елена Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35160495" w14:textId="09065E90" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пискова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A83768" w14:textId="4823803E" w:rsidR="005550B2" w:rsidRPr="00AE52C5" w:rsidRDefault="005550B2" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Паневкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005550B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ольга Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C088BD" w14:textId="71645FCB" w:rsidR="00AE52C5" w:rsidRPr="00FE7244" w:rsidRDefault="00AE52C5" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Хвостишкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александра Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11280E92" w14:textId="17ABCECE" w:rsidR="00AB1C61" w:rsidRPr="00FE7244" w:rsidRDefault="00AB1C61" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Галиханов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наиль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Рафаэльевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="38A263EB" w14:textId="39832488" w:rsidR="00FE7244" w:rsidRPr="0079313A" w:rsidRDefault="00FE7244" w:rsidP="005550B2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Халилова Элина Артемовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CDACF9" w14:textId="21DE75AA" w:rsidR="0079313A" w:rsidRPr="005B7B3E" w:rsidRDefault="0079313A" w:rsidP="0079313A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0079313A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Парфинович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0079313A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Марк Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA7544C" w14:textId="27C4F67F" w:rsidR="005B7B3E" w:rsidRDefault="005B7B3E" w:rsidP="005B7B3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бранчевский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валерий Владимирович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC20542" w14:textId="31172D64" w:rsidR="00862442" w:rsidRPr="00FE7244" w:rsidRDefault="00862442" w:rsidP="00862442">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00862442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рычков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00862442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владимир Викторович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="761C35BC" w14:textId="77777777" w:rsidR="00014F7D" w:rsidRDefault="00014F7D" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29056BEF" w14:textId="692F32E7" w:rsidR="00D75364" w:rsidRPr="008F6C38" w:rsidRDefault="00D75364" w:rsidP="00D75364">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-25/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Первоуральск)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500A68C5" w14:textId="04DAF38B" w:rsidR="00D75364" w:rsidRDefault="00D75364" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Эмирханов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ририлл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Робертович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C27E407" w14:textId="2C7E2236" w:rsidR="00D75364" w:rsidRDefault="00D75364" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Карцева Мария Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0795D6B4" w14:textId="319CF268" w:rsidR="00D75364" w:rsidRDefault="00D75364" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Шарыпов Георгий Павлович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049597D9" w14:textId="103F7D39" w:rsidR="00F26550" w:rsidRDefault="00F26550" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F26550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Логинова Анастасия Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D23FE94" w14:textId="5A0625D9" w:rsidR="00F64F86" w:rsidRDefault="00F64F86" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прибыткова Ольга Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC6B2F3" w14:textId="238E5F1B" w:rsidR="00F64F86" w:rsidRDefault="00F64F86" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ковальчук Валерия Эдуардовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4962308A" w14:textId="6C8ADC81" w:rsidR="00F64F86" w:rsidRDefault="00F64F86" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чуркина Ксения Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB8D551" w14:textId="33E7CEC0" w:rsidR="00F64F86" w:rsidRDefault="00F64F86" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Соловьева Мария Денисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608728F3" w14:textId="31E032EE" w:rsidR="00354519" w:rsidRDefault="00354519" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354519">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хоружий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354519">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Яна Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD34E24" w14:textId="06947D6D" w:rsidR="00354519" w:rsidRDefault="00354519" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354519">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Янсаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354519">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ангелина Вадимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8BB9A5" w14:textId="33E67CE5" w:rsidR="00032702" w:rsidRDefault="00032702" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Богданова Зоя Егоровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AED65A5" w14:textId="422503C8" w:rsidR="009326A0" w:rsidRDefault="009326A0" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лямпорт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009326A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Денисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22306225" w14:textId="05D86DBC" w:rsidR="00734F20" w:rsidRDefault="00734F20" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Королева Елена Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AAC36FA" w14:textId="60126FE3" w:rsidR="00734F20" w:rsidRDefault="00734F20" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кирюшкина Виктория Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44403001" w14:textId="3E49DD7C" w:rsidR="00734F20" w:rsidRDefault="00734F20" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Курсова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мария Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CB5380" w14:textId="127F103D" w:rsidR="00734F20" w:rsidRDefault="00734F20" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Садовникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александра Владиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D7B3AE" w14:textId="3F775C72" w:rsidR="00280718" w:rsidRPr="0081269C" w:rsidRDefault="00280718" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280718">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Горбач Данил Константинович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5156D13A" w14:textId="398C4BC2" w:rsidR="0081269C" w:rsidRPr="0081269C" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ярина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Ильинична</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DAE8D5" w14:textId="447ED26F" w:rsidR="0081269C" w:rsidRPr="0081269C" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зверева Юлия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476A45FF" w14:textId="6502EF76" w:rsidR="0081269C" w:rsidRPr="0081269C" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анисимова Виктория Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3938EA8B" w14:textId="453B1F45" w:rsidR="0081269C" w:rsidRPr="00927414" w:rsidRDefault="0081269C" w:rsidP="0081269C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гуськова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0081269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александра Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F5E46B" w14:textId="4DB0FA7A" w:rsidR="00927414" w:rsidRPr="00927414" w:rsidRDefault="00927414" w:rsidP="00927414">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бажукова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Марина Вадимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA092E1" w14:textId="5092B9FB" w:rsidR="00927414" w:rsidRPr="00A7451D" w:rsidRDefault="00927414" w:rsidP="00927414">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гордеева Кристина Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493B103F" w14:textId="65817975" w:rsidR="00A7451D" w:rsidRPr="00A7451D" w:rsidRDefault="00A7451D" w:rsidP="00A7451D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мелехина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ирина Викторовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF73320" w14:textId="2089B564" w:rsidR="00A7451D" w:rsidRDefault="00A7451D" w:rsidP="00A7451D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7451D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Беляева Мария Акимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7A1192" w14:textId="0972AA62" w:rsidR="00F10830" w:rsidRDefault="00F10830" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гарифуллина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юлиана Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158D6F6B" w14:textId="7EB2BC0B" w:rsidR="00F10830" w:rsidRDefault="00F10830" w:rsidP="00F10830">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Габдрафиков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лев </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F10830">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сагитович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0C0CAF2D" w14:textId="1EF719FA" w:rsidR="002625E4" w:rsidRDefault="002625E4" w:rsidP="002625E4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002625E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кочегарова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002625E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136A2DA8" w14:textId="2ABAB61C" w:rsidR="002625E4" w:rsidRDefault="002625E4" w:rsidP="002625E4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002625E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Королёв Георгий Викторович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4915FCA3" w14:textId="645E6C97" w:rsidR="002625E4" w:rsidRDefault="002625E4" w:rsidP="002625E4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002625E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пушкарева Алёна Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372643B4" w14:textId="77777777" w:rsidR="00B92DDF" w:rsidRDefault="00666567" w:rsidP="00666567">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666567">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жуйкова Дарья Алексеевна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203AF612" w14:textId="52001C84" w:rsidR="00666567" w:rsidRPr="00B705A8" w:rsidRDefault="00666567" w:rsidP="00666567">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666567">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чижова Дарья Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFD7C9B" w14:textId="06CD38E1" w:rsidR="00B705A8" w:rsidRPr="00181E0D" w:rsidRDefault="00B705A8" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ядрышникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Никитична</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD97400" w14:textId="71A6694A" w:rsidR="00181E0D" w:rsidRPr="00B36A30" w:rsidRDefault="00181E0D" w:rsidP="00181E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00181E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нафигина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00181E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ирина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3949374A" w14:textId="2766E81D" w:rsidR="00B36A30" w:rsidRPr="00853A96" w:rsidRDefault="00B36A30" w:rsidP="00B36A30">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B36A30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бунькова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B36A30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584ED3B3" w14:textId="442FBCEF" w:rsidR="00853A96" w:rsidRPr="00D76A7C" w:rsidRDefault="00853A96" w:rsidP="00853A96">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00853A96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прусаков Вячеслав Алексеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2082E157" w14:textId="563D7CC1" w:rsidR="00D76A7C" w:rsidRPr="006D7F87" w:rsidRDefault="00D76A7C" w:rsidP="00D76A7C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D76A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Грачунов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D76A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глеб Владимирович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6E6FD0" w14:textId="5A2F128D" w:rsidR="006D7F87" w:rsidRPr="006D7F87" w:rsidRDefault="006D7F87" w:rsidP="006D7F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акуленко Лолита Антоновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6FE8DC" w14:textId="0460BF26" w:rsidR="006D7F87" w:rsidRPr="00F20E3D" w:rsidRDefault="006D7F87" w:rsidP="006D7F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D7F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ноздрина Анна Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DD357D" w14:textId="295193C1" w:rsidR="00F20E3D" w:rsidRPr="0085064A" w:rsidRDefault="00F20E3D" w:rsidP="00F20E3D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пирогова Алёна Артёмовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662D82E5" w14:textId="0F4E48D2" w:rsidR="0085064A" w:rsidRPr="00DA0149" w:rsidRDefault="0085064A" w:rsidP="0085064A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Батракова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0085064A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Софья Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB93E71" w14:textId="36C78D58" w:rsidR="00DA0149" w:rsidRPr="00DA0149" w:rsidRDefault="00DA0149" w:rsidP="00DA0149">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Белых Светлана Альбертовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB83B18" w14:textId="6955FCAD" w:rsidR="00DA0149" w:rsidRPr="00DA0149" w:rsidRDefault="00DA0149" w:rsidP="00DA0149">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рожкова Софья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7B2DAF" w14:textId="0C2A3B32" w:rsidR="00DA0149" w:rsidRPr="00DA0149" w:rsidRDefault="00DA0149" w:rsidP="00DA0149">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дараева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталья Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E077DC" w14:textId="4050C83E" w:rsidR="00DA0149" w:rsidRPr="00857197" w:rsidRDefault="00DA0149" w:rsidP="00DA0149">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Канавина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA0149">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ангелина Антоновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="359A351A" w14:textId="44F07F24" w:rsidR="00857197" w:rsidRPr="00A54059" w:rsidRDefault="00857197" w:rsidP="00857197">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00857197">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бондаренко Вероника Михайловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B01B047" w14:textId="2A1CFFD9" w:rsidR="00A54059" w:rsidRPr="00A54059" w:rsidRDefault="00A54059" w:rsidP="00A54059">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лобастова Кристина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075854D9" w14:textId="3805C025" w:rsidR="00A54059" w:rsidRPr="00A54059" w:rsidRDefault="00A54059" w:rsidP="00A54059">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чусина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мария Степановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52015A4B" w14:textId="4E9E3C57" w:rsidR="00A54059" w:rsidRPr="00A54059" w:rsidRDefault="00A54059" w:rsidP="00A54059">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Паянок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кристина Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2169CFA8" w14:textId="2519764E" w:rsidR="00A54059" w:rsidRPr="00A54059" w:rsidRDefault="00A54059" w:rsidP="00A54059">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кузнецова Анна Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DC70B8" w14:textId="43714AF3" w:rsidR="00A54059" w:rsidRPr="00941E0F" w:rsidRDefault="00A54059" w:rsidP="00A54059">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A54059">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ильясов Александр Олегович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D167E70" w14:textId="17D55013" w:rsidR="00941E0F" w:rsidRPr="00941E0F" w:rsidRDefault="00941E0F" w:rsidP="00941E0F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кабашов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Максим Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B136774" w14:textId="494595B8" w:rsidR="00941E0F" w:rsidRPr="00941E0F" w:rsidRDefault="00941E0F" w:rsidP="00941E0F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зарипов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владислав Вячеславович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE023BC" w14:textId="5725846C" w:rsidR="00941E0F" w:rsidRPr="00941E0F" w:rsidRDefault="00941E0F" w:rsidP="00941E0F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вологжанина Дарья Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7276E27D" w14:textId="547E6822" w:rsidR="00941E0F" w:rsidRDefault="00941E0F" w:rsidP="00941E0F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Царева Виктория Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDDD326" w14:textId="517CA5ED" w:rsidR="00D37FE4" w:rsidRDefault="00D37FE4" w:rsidP="00D37FE4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Емельянова Александра Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3839B3AF" w14:textId="75E82EFA" w:rsidR="00D37FE4" w:rsidRDefault="00D37FE4" w:rsidP="00D37FE4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бадина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Юрьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737F26ED" w14:textId="15C33647" w:rsidR="00D37FE4" w:rsidRDefault="00D37FE4" w:rsidP="00D37FE4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сысоев Арсений Витальевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DEA846" w14:textId="259B8E94" w:rsidR="00D37FE4" w:rsidRDefault="00D37FE4" w:rsidP="00D37FE4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казаринов Александр Александрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D31CFC1" w14:textId="008EA073" w:rsidR="00D37FE4" w:rsidRDefault="00D37FE4" w:rsidP="00D37FE4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D37FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Донарская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D37FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Марианна Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3C1915" w14:textId="035FB27F" w:rsidR="00A13E19" w:rsidRDefault="00A13E19" w:rsidP="00A13E19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Макарова Анна Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344EDA58" w14:textId="4E4425C7" w:rsidR="00356693" w:rsidRDefault="00356693" w:rsidP="00356693">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ковылов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00356693">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Олег Алексеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F1356F" w14:textId="2BE52191" w:rsidR="00F573CE" w:rsidRDefault="00F573CE" w:rsidP="00F573CE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F573CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ядришникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F573CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F573CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Юстина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F573CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5505C663" w14:textId="51044153" w:rsidR="008750A3" w:rsidRDefault="008750A3" w:rsidP="008750A3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гусев Денис </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Флёрович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="177969D9" w14:textId="3D8AE9CE" w:rsidR="008750A3" w:rsidRDefault="008750A3" w:rsidP="008750A3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Езов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тимофей Иванович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385C10BA" w14:textId="4A3BF0A2" w:rsidR="008750A3" w:rsidRDefault="008750A3" w:rsidP="008750A3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кадочникова Алла Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D864376" w14:textId="310C6C8E" w:rsidR="008750A3" w:rsidRDefault="008750A3" w:rsidP="008750A3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Михалев Иван Викторович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCE36F7" w14:textId="2985E00C" w:rsidR="008750A3" w:rsidRDefault="008750A3" w:rsidP="008750A3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поскочинов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008750A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виталий Владимирович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056207D0" w14:textId="43E506CB" w:rsidR="00B64681" w:rsidRDefault="00B64681" w:rsidP="00B64681">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B64681">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прусакова Мария Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9B9147" w14:textId="00C02CD1" w:rsidR="00B10A15" w:rsidRPr="003A3FA6" w:rsidRDefault="00B10A15" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Соколов Александр Петрович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438C8F0E" w14:textId="3B6E4D02" w:rsidR="00B10A15" w:rsidRPr="003A3FA6" w:rsidRDefault="00B10A15" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Юшманов Константин Игоревич</w:t>
+      </w:r>
+      <w:r w:rsidR="003A3FA6" w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175F338D" w14:textId="14C3ED2B" w:rsidR="003A3FA6" w:rsidRPr="003A3FA6" w:rsidRDefault="003A3FA6" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Одинцева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250215B3" w14:textId="6A31FF37" w:rsidR="003A3FA6" w:rsidRPr="00D21890" w:rsidRDefault="003A3FA6" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Дробинина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлана Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE48530" w14:textId="57D5C336" w:rsidR="00EC663A" w:rsidRPr="00D21890" w:rsidRDefault="00EC663A" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шильникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346D5BC7" w14:textId="77010B32" w:rsidR="00A521CF" w:rsidRPr="00D21890" w:rsidRDefault="00A521CF" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Гурьянов Иван Денисович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2762B5" w14:textId="06EE9118" w:rsidR="00A521CF" w:rsidRPr="00D21890" w:rsidRDefault="00A521CF" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Башарина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Александровн</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EDA7C70" w14:textId="459863A8" w:rsidR="00D21890" w:rsidRPr="00D21890" w:rsidRDefault="00D21890" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ретников</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сергей Станиславович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493CD470" w14:textId="2C4D2527" w:rsidR="00D21890" w:rsidRPr="000F7B1C" w:rsidRDefault="00D21890" w:rsidP="00B10A15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21890">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Янов Антон Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462F0F4A" w14:textId="47EFC7BC" w:rsidR="000F7B1C" w:rsidRDefault="000F7B1C" w:rsidP="000F7B1C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Романова Ольга Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14946C3F" w14:textId="2D2B7F7D" w:rsidR="000F7B1C" w:rsidRDefault="000F7B1C" w:rsidP="000F7B1C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F7B1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пронина Анастасия Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BAAD07" w14:textId="0C43CFE2" w:rsidR="002A7D09" w:rsidRDefault="002A7D09" w:rsidP="002A7D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шведова Елизавета Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335D01E2" w14:textId="48F1C705" w:rsidR="002A7D09" w:rsidRDefault="002A7D09" w:rsidP="002A7D09">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бызган</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Роман Дмитриевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1952DD54" w14:textId="79D6FB0C" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Антонова София Денисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7C562B" w14:textId="5F8F2D68" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Некрасов Андрей Антонович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77799931" w14:textId="142F4B30" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Торгашина Наталья Григорьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C76A2B0" w14:textId="50AE771D" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чеснокова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ольга Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E353E6F" w14:textId="3CBD3771" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Никонова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Радмила</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC36383" w14:textId="2E0CDB4F" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обухова Елизавета Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317DDDA6" w14:textId="3FBA15E9" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Батенев Артемий Григорьевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F03952" w14:textId="4D8B8F78" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гилимшина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камила</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даниловна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2EDC14" w14:textId="48AF5EB1" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ямансарин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дамир </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наилевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5C238B6A" w14:textId="24382407" w:rsidR="006D56AB" w:rsidRDefault="006D56AB" w:rsidP="006D56AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Селеменчук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D56AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мария Васильевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F744FE8" w14:textId="3C4D88C3" w:rsidR="00810A7D" w:rsidRDefault="00810A7D" w:rsidP="00810A7D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ковина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2F78DD" w14:textId="1919C816" w:rsidR="00810A7D" w:rsidRDefault="00810A7D" w:rsidP="00810A7D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шелементьева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Камила</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C345C45" w14:textId="2E72EAD6" w:rsidR="00810A7D" w:rsidRPr="00D21890" w:rsidRDefault="00810A7D" w:rsidP="00810A7D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Шагинурова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5009F4E9" w14:textId="77777777" w:rsidR="00D75364" w:rsidRDefault="00D75364" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54BAD4FA" w14:textId="201944EA" w:rsidR="00475CC6" w:rsidRPr="008F6C38" w:rsidRDefault="00475CC6" w:rsidP="00475CC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-Ю-25/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Первоуральск)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70468344" w14:textId="475B76C4" w:rsidR="00475CC6" w:rsidRDefault="00475CC6" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00475CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Абдурахмонов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00475CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00475CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Абутолиб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00475CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00475CC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орифджонович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="09F86CC9" w14:textId="15E9CC5B" w:rsidR="00CA6183" w:rsidRDefault="00CA6183" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аристов Кирилл Денисович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1D395D" w14:textId="50FECAA7" w:rsidR="00CA6183" w:rsidRDefault="00CA6183" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аристов Данил Денисович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8CBE51" w14:textId="78EA6C15" w:rsidR="00734F20" w:rsidRPr="00B705A8" w:rsidRDefault="00734F20" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Крохалева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00734F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлана Васильевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D49483" w14:textId="30187A77" w:rsidR="00B705A8" w:rsidRDefault="00B705A8" w:rsidP="00B705A8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B705A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Журавлев Владимир Анатольевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173624DA" w14:textId="4866C18B" w:rsidR="003E1750" w:rsidRDefault="003E1750" w:rsidP="003E1750">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E1750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гусельникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E1750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ольга Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B9A9FC" w14:textId="77777777" w:rsidR="00475CC6" w:rsidRDefault="00475CC6" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B1D7BF4" w14:textId="7E2534BC" w:rsidR="00CF1920" w:rsidRPr="008F6C38" w:rsidRDefault="00CF1920" w:rsidP="00CF1920">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-Ю-25</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Первоуральск)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65293D71" w14:textId="2DB7CB4B" w:rsidR="00CF1920" w:rsidRDefault="00CF1920" w:rsidP="00CF1920">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1920">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рябков Евгений Сергеевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45DA8497" w14:textId="77777777" w:rsidR="00CF1920" w:rsidRDefault="00CF1920" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19E81984" w14:textId="2E735DAA" w:rsidR="002C50B5" w:rsidRPr="008F6C38" w:rsidRDefault="002C50B5" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-25/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Новоуральск)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30298497" w14:textId="0E8776D2" w:rsidR="002C50B5" w:rsidRPr="00A91274" w:rsidRDefault="002C50B5" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A91274">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кочнева Виктория Антоновна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12490CC2" w14:textId="4A2EE75E" w:rsidR="00A91274" w:rsidRDefault="00A91274" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A91274">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Рагозина Виктория Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6CF4BE" w14:textId="5A193038" w:rsidR="00032702" w:rsidRDefault="00032702" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ермолина Виктория Станиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E188B6" w14:textId="1306A74E" w:rsidR="00032702" w:rsidRDefault="00032702" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00032702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ситникова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00032702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ирина Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB85811" w14:textId="7FF5CDAF" w:rsidR="00B9714C" w:rsidRDefault="00B9714C" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ботова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B9714C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ксения Денисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A2EDAB" w14:textId="45DC7216" w:rsidR="00280718" w:rsidRPr="00EF5488" w:rsidRDefault="00280718" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00280718">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дорожкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00280718">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Марина Станиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7C4046" w14:textId="43E32EA1" w:rsidR="00EF5488" w:rsidRPr="00EF5488" w:rsidRDefault="00EF5488" w:rsidP="00EF5488">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF5488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Онохина Олеся Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F772CD" w14:textId="1D71B355" w:rsidR="00EF5488" w:rsidRPr="00181E0D" w:rsidRDefault="00EF5488" w:rsidP="00EF5488">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF5488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гумирова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF5488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Викторовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79809CF6" w14:textId="44D11277" w:rsidR="00181E0D" w:rsidRDefault="00181E0D" w:rsidP="00181E0D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00181E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Варлакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00181E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виктория Васильевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094CFCA4" w14:textId="2AA6CEF9" w:rsidR="000A434F" w:rsidRDefault="000A434F" w:rsidP="000A434F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A434F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Печёнкина Ксения Алексеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A6E8B7" w14:textId="0A59D7B1" w:rsidR="00CF1920" w:rsidRDefault="00CF1920" w:rsidP="00CF1920">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1920">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Романова Екатерина Андреевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086425CE" w14:textId="51EAD041" w:rsidR="00CF1920" w:rsidRDefault="00CF1920" w:rsidP="00CF1920">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF1920">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Губина Елизавета Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701CD50B" w14:textId="4C35B49B" w:rsidR="00EE697D" w:rsidRPr="00494774" w:rsidRDefault="00EE697D" w:rsidP="00EE697D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00494774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пойдимирова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00494774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF4C0C9" w14:textId="0ACBBC62" w:rsidR="00494774" w:rsidRPr="003A3FA6" w:rsidRDefault="00494774" w:rsidP="00EE697D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Штанюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Светлана Игоревна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D90A19" w14:textId="6F87FFA6" w:rsidR="00494774" w:rsidRPr="003A3FA6" w:rsidRDefault="00494774" w:rsidP="00EE697D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сарафанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дарья Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD372D5" w14:textId="6268605E" w:rsidR="003A3FA6" w:rsidRPr="003A3FA6" w:rsidRDefault="003A3FA6" w:rsidP="00EE697D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Лузгина Екатерина Ивановна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451214B0" w14:textId="7FA9A11D" w:rsidR="003A3FA6" w:rsidRPr="000F578B" w:rsidRDefault="003A3FA6" w:rsidP="00EE697D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Корякова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна Владиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6106D158" w14:textId="227431AE" w:rsidR="000F578B" w:rsidRPr="00B911AD" w:rsidRDefault="000F578B" w:rsidP="00EE697D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B911AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Дюрягина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B911AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анна Анатольевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718A6285" w14:textId="22ACDEB8" w:rsidR="00B911AD" w:rsidRPr="003E1750" w:rsidRDefault="00B911AD" w:rsidP="00EE697D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B911AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Душкина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B911AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Вячеславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7CA1DB" w14:textId="1221AEF4" w:rsidR="003E1750" w:rsidRDefault="003E1750" w:rsidP="003E1750">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ермакова София Петровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4446C17E" w14:textId="4B756D35" w:rsidR="00FB7A84" w:rsidRDefault="00FB7A84" w:rsidP="00FB7A84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB7A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нефедьева Виктория Витальевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B1B4C14" w14:textId="4FD5247C" w:rsidR="00FA3802" w:rsidRDefault="00FA3802" w:rsidP="00FA3802">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лысаковская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Эльвира Владимировна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F852C0" w14:textId="3E6F5439" w:rsidR="005B7B3E" w:rsidRPr="00B911AD" w:rsidRDefault="005B7B3E" w:rsidP="005B7B3E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7B3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Васильев Кирилл Игоревич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D07105" w14:textId="77777777" w:rsidR="002C50B5" w:rsidRDefault="002C50B5" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6240952A" w14:textId="646C5CF7" w:rsidR="00280718" w:rsidRPr="008F6C38" w:rsidRDefault="00280718" w:rsidP="00280718">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-Ю-25</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Новоуральск)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A7444C" w14:textId="0A3285AA" w:rsidR="00280718" w:rsidRDefault="00280718" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00280718">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Плотникова Екатерина Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724662A6" w14:textId="75BD685C" w:rsidR="00FA5212" w:rsidRPr="00927414" w:rsidRDefault="00FA5212" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5212">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коваль Алексей Юрьевич</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0FA2BF" w14:textId="2C27C910" w:rsidR="00927414" w:rsidRPr="00002826" w:rsidRDefault="00927414" w:rsidP="00927414">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Столярова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00927414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Анастасия Евгеньевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5252DA" w14:textId="7660E71B" w:rsidR="00002826" w:rsidRDefault="00002826" w:rsidP="00002826">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00002826">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мягкова Анна Олеговна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278DEE32" w14:textId="3ADA6B94" w:rsidR="00F86F6C" w:rsidRPr="00494774" w:rsidRDefault="00F86F6C" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Губина Елизавета Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AF28B6" w14:textId="5A1106ED" w:rsidR="00494774" w:rsidRPr="003E1750" w:rsidRDefault="00494774" w:rsidP="00F86F6C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494774">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Гаврил Юлия Максимовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198EF4BC" w14:textId="24A52B89" w:rsidR="003E1750" w:rsidRDefault="003E1750" w:rsidP="003E1750">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ширина Олеся Александровна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3207CBB3" w14:textId="4042E267" w:rsidR="00810A7D" w:rsidRPr="00494774" w:rsidRDefault="00810A7D" w:rsidP="00810A7D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мокшина Анастасия Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8C9BD4" w14:textId="77777777" w:rsidR="002C50B5" w:rsidRPr="00734F20" w:rsidRDefault="002C50B5" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6510EEE7" w14:textId="1E3A8A65" w:rsidR="008352CB" w:rsidRPr="008F6C38" w:rsidRDefault="008352CB" w:rsidP="008352CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ДОТ-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008352CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-25</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Новоуральск)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F6C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6342EF6D" w14:textId="129344B2" w:rsidR="002C50B5" w:rsidRPr="00FB338C" w:rsidRDefault="008352CB" w:rsidP="008352CB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008352CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Козлова Александра Денисовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211288D9" w14:textId="502C5877" w:rsidR="00FB338C" w:rsidRPr="00FB338C" w:rsidRDefault="00FB338C" w:rsidP="00FB338C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB338C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Черенчева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB338C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Екатерина Сергеевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A7FA4D" w14:textId="77777777" w:rsidR="008352CB" w:rsidRDefault="008352CB" w:rsidP="008352CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19DC12C7" w14:textId="77777777" w:rsidR="008352CB" w:rsidRDefault="008352CB" w:rsidP="008352CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68FC37E7" w14:textId="77777777" w:rsidR="008352CB" w:rsidRDefault="008352CB" w:rsidP="008352CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78098C9C" w14:textId="77777777" w:rsidR="00640E55" w:rsidRDefault="00640E55" w:rsidP="008352CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216423DA" w14:textId="77777777" w:rsidR="00640E55" w:rsidRPr="00640E55" w:rsidRDefault="00640E55" w:rsidP="008352CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EF9948E" w14:textId="77777777" w:rsidR="008352CB" w:rsidRPr="008352CB" w:rsidRDefault="008352CB" w:rsidP="008352CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7C2B1E" w14:textId="42F1F49D" w:rsidR="00BE4F5F" w:rsidRDefault="00BE4F5F" w:rsidP="00BE4F5F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Очно - заочное отделение</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA4A6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Очно - заочное отделение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A4C447" w14:textId="77777777" w:rsidR="00BA4A6D" w:rsidRPr="00BA4A6D" w:rsidRDefault="00BA4A6D" w:rsidP="00BE4F5F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65FEC560" w14:textId="77777777" w:rsidR="00BE4F5F" w:rsidRPr="00BA6167" w:rsidRDefault="00BE4F5F" w:rsidP="00BE4F5F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Группа ОЗ-ИСП-25</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA6167">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>/П:</w:t>
-[...43 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Группа ОЗ-ИСП-25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6167">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BA6167">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Группа ОЗ-9-25</w:t>
-      </w:r>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BA6167">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>/П:</w:t>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E6E90F" w14:textId="77777777" w:rsidR="00BE4F5F" w:rsidRDefault="00BE4F5F" w:rsidP="00A93921">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кондратьев Александр Викторович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DA85A3" w14:textId="77777777" w:rsidR="004332C5" w:rsidRDefault="004332C5" w:rsidP="00126C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06F14BBA" w14:textId="69258A02" w:rsidR="00CF4B70" w:rsidRPr="00BA6167" w:rsidRDefault="00CF4B70" w:rsidP="00CF4B70">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Группа ОЗ-9-25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BA6167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BA6167">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F2D6B0" w14:textId="28F2390D" w:rsidR="00CF4B70" w:rsidRDefault="00CF4B70" w:rsidP="00A93921">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF4B70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Шавкунов Даниил Алексеевич</w:t>
+        <w:t>Шавкунов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF4B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даниил Алексеевич</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F837BDD" w14:textId="4FFF7400" w:rsidR="00CF4B70" w:rsidRDefault="00CF4B70" w:rsidP="00A93921">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF4B70">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -19316,183 +25327,292 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5D1F3FF7" w14:textId="0BAA8197" w:rsidR="00A70D02" w:rsidRPr="00D57705" w:rsidRDefault="00A70D02" w:rsidP="00A70D02">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A70D02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Шорохова Милана Константиновна</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F974761" w14:textId="0515B4A7" w:rsidR="00D57705" w:rsidRPr="00941E0F" w:rsidRDefault="00D57705" w:rsidP="00D57705">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D57705">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Григорьева Василиса Романовна</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467AF050" w14:textId="77777777" w:rsidR="00836FAF" w:rsidRPr="00836FAF" w:rsidRDefault="00941E0F" w:rsidP="00941E0F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00941E0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Мулкамонов Джовид Рамазонович</w:t>
-      </w:r>
+        <w:t>Мулкамонов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Джовид</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941E0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рамазонович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="71B8C61D" w14:textId="1A6B387A" w:rsidR="00941E0F" w:rsidRDefault="00836FAF" w:rsidP="00836FAF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00836FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Тыкин Иван Алексеевич</w:t>
-      </w:r>
+        <w:t>Тыкин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Иван</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Алексеевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="74967294" w14:textId="5C5A8EED" w:rsidR="00FB338C" w:rsidRDefault="00FB338C" w:rsidP="00FB338C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FB338C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Мхитарян Гор Артурович</w:t>
+        <w:t>Мхитарян</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB338C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гор Артурович</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37422967" w14:textId="592B68F7" w:rsidR="0079742D" w:rsidRDefault="0079742D" w:rsidP="0079742D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0079742D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Липанин Сергей Евгеньевич</w:t>
+        <w:t>Липанин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0079742D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сергей Евгеньевич</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15CB4EDF" w14:textId="188FE6B5" w:rsidR="0079742D" w:rsidRDefault="0079742D" w:rsidP="0079742D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0079742D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -19516,125 +25636,125 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005550B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Киселев Матвей Тимофеевич</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41020E74" w14:textId="77777777" w:rsidR="00CF4B70" w:rsidRPr="00573041" w:rsidRDefault="00CF4B70" w:rsidP="00126C6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CF4B70" w:rsidRPr="00573041">
+    <w:sectPr w:rsidR="00CF4B70" w:rsidRPr="00573041" w:rsidSect="001F10F4">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="270F924E" w14:textId="77777777" w:rsidR="00844EEA" w:rsidRDefault="00844EEA" w:rsidP="002A785B">
+    <w:p w14:paraId="39727D6F" w14:textId="77777777" w:rsidR="00943842" w:rsidRDefault="00943842" w:rsidP="002A785B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D92821F" w14:textId="77777777" w:rsidR="00844EEA" w:rsidRDefault="00844EEA" w:rsidP="002A785B">
+    <w:p w14:paraId="3AD6DCFD" w14:textId="77777777" w:rsidR="00943842" w:rsidRDefault="00943842" w:rsidP="002A785B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BB7E507" w14:textId="77777777" w:rsidR="00844EEA" w:rsidRDefault="00844EEA" w:rsidP="002A785B">
+    <w:p w14:paraId="6F3A8928" w14:textId="77777777" w:rsidR="00943842" w:rsidRDefault="00943842" w:rsidP="002A785B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00138F8C" w14:textId="77777777" w:rsidR="00844EEA" w:rsidRDefault="00844EEA" w:rsidP="002A785B">
+    <w:p w14:paraId="062891AF" w14:textId="77777777" w:rsidR="00943842" w:rsidRDefault="00943842" w:rsidP="002A785B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="07AD21A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA4C235C"/>
     <w:lvl w:ilvl="0" w:tplc="6C3E041A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
@@ -22615,50 +28735,51 @@
   <w:num w:numId="27">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0041249E"/>
     <w:rsid w:val="00000588"/>
     <w:rsid w:val="00002826"/>
     <w:rsid w:val="0000630C"/>
     <w:rsid w:val="000064C6"/>
     <w:rsid w:val="00014B45"/>
     <w:rsid w:val="00014F7D"/>
     <w:rsid w:val="00015712"/>
@@ -22750,50 +28871,51 @@
     <w:rsid w:val="001721B0"/>
     <w:rsid w:val="00175048"/>
     <w:rsid w:val="00175E6B"/>
     <w:rsid w:val="00181E0D"/>
     <w:rsid w:val="00184282"/>
     <w:rsid w:val="00184930"/>
     <w:rsid w:val="00192314"/>
     <w:rsid w:val="00193CF1"/>
     <w:rsid w:val="0019421D"/>
     <w:rsid w:val="001A033E"/>
     <w:rsid w:val="001A26F1"/>
     <w:rsid w:val="001B01AC"/>
     <w:rsid w:val="001B5ABC"/>
     <w:rsid w:val="001B628A"/>
     <w:rsid w:val="001C469F"/>
     <w:rsid w:val="001C4D79"/>
     <w:rsid w:val="001C5FB3"/>
     <w:rsid w:val="001C6E7B"/>
     <w:rsid w:val="001C73A1"/>
     <w:rsid w:val="001C7630"/>
     <w:rsid w:val="001D4B55"/>
     <w:rsid w:val="001D4CE0"/>
     <w:rsid w:val="001D6D13"/>
     <w:rsid w:val="001D6D92"/>
     <w:rsid w:val="001E1986"/>
+    <w:rsid w:val="001F10F4"/>
     <w:rsid w:val="001F1F54"/>
     <w:rsid w:val="001F2278"/>
     <w:rsid w:val="001F2755"/>
     <w:rsid w:val="001F43D8"/>
     <w:rsid w:val="0020160F"/>
     <w:rsid w:val="00201E43"/>
     <w:rsid w:val="0020230A"/>
     <w:rsid w:val="00203EB9"/>
     <w:rsid w:val="00206F74"/>
     <w:rsid w:val="00207D34"/>
     <w:rsid w:val="002101DE"/>
     <w:rsid w:val="0021219B"/>
     <w:rsid w:val="00214DAC"/>
     <w:rsid w:val="00216256"/>
     <w:rsid w:val="00217CDF"/>
     <w:rsid w:val="00223404"/>
     <w:rsid w:val="0022353A"/>
     <w:rsid w:val="002235BC"/>
     <w:rsid w:val="0022514B"/>
     <w:rsid w:val="00225394"/>
     <w:rsid w:val="002273ED"/>
     <w:rsid w:val="00231BC1"/>
     <w:rsid w:val="0023307A"/>
     <w:rsid w:val="00233547"/>
     <w:rsid w:val="002336BC"/>
@@ -22865,80 +28987,83 @@
     <w:rsid w:val="00337F97"/>
     <w:rsid w:val="0034452E"/>
     <w:rsid w:val="00350059"/>
     <w:rsid w:val="003502DB"/>
     <w:rsid w:val="003510F0"/>
     <w:rsid w:val="00352A36"/>
     <w:rsid w:val="00354519"/>
     <w:rsid w:val="00354FCC"/>
     <w:rsid w:val="00356693"/>
     <w:rsid w:val="00357764"/>
     <w:rsid w:val="00357F02"/>
     <w:rsid w:val="00360153"/>
     <w:rsid w:val="0036324C"/>
     <w:rsid w:val="0036397C"/>
     <w:rsid w:val="00363E85"/>
     <w:rsid w:val="0036462A"/>
     <w:rsid w:val="00364D2C"/>
     <w:rsid w:val="00366CC9"/>
     <w:rsid w:val="003757A6"/>
     <w:rsid w:val="00376ACD"/>
     <w:rsid w:val="00382237"/>
     <w:rsid w:val="003834D1"/>
     <w:rsid w:val="00391447"/>
     <w:rsid w:val="00391B93"/>
     <w:rsid w:val="00393AC2"/>
+    <w:rsid w:val="00395CD7"/>
     <w:rsid w:val="0039642E"/>
     <w:rsid w:val="003A1AC0"/>
     <w:rsid w:val="003A3BF9"/>
     <w:rsid w:val="003A3FA6"/>
     <w:rsid w:val="003A6E28"/>
     <w:rsid w:val="003B134B"/>
     <w:rsid w:val="003B2A08"/>
     <w:rsid w:val="003B451F"/>
     <w:rsid w:val="003C06F0"/>
     <w:rsid w:val="003C48C3"/>
     <w:rsid w:val="003D2CFC"/>
     <w:rsid w:val="003D2DEB"/>
     <w:rsid w:val="003E09FD"/>
     <w:rsid w:val="003E1750"/>
     <w:rsid w:val="003E2839"/>
     <w:rsid w:val="003F1DB2"/>
     <w:rsid w:val="003F2024"/>
     <w:rsid w:val="003F20F0"/>
     <w:rsid w:val="003F4441"/>
     <w:rsid w:val="003F58C7"/>
+    <w:rsid w:val="003F6BD0"/>
     <w:rsid w:val="00401939"/>
     <w:rsid w:val="00405479"/>
     <w:rsid w:val="0041249E"/>
     <w:rsid w:val="004133FF"/>
     <w:rsid w:val="0041592E"/>
     <w:rsid w:val="0042080E"/>
     <w:rsid w:val="004228D4"/>
     <w:rsid w:val="00424B7C"/>
     <w:rsid w:val="00426202"/>
     <w:rsid w:val="0042668F"/>
+    <w:rsid w:val="00426B73"/>
     <w:rsid w:val="00426D26"/>
     <w:rsid w:val="00427D9D"/>
     <w:rsid w:val="0043244A"/>
     <w:rsid w:val="004332C5"/>
     <w:rsid w:val="00435A04"/>
     <w:rsid w:val="004374EE"/>
     <w:rsid w:val="00444CE4"/>
     <w:rsid w:val="004462E0"/>
     <w:rsid w:val="00447B23"/>
     <w:rsid w:val="00453003"/>
     <w:rsid w:val="0045523C"/>
     <w:rsid w:val="004615ED"/>
     <w:rsid w:val="00461A1B"/>
     <w:rsid w:val="00461C4F"/>
     <w:rsid w:val="00464D7C"/>
     <w:rsid w:val="00465FC3"/>
     <w:rsid w:val="00470CB5"/>
     <w:rsid w:val="00471624"/>
     <w:rsid w:val="00475CC6"/>
     <w:rsid w:val="004805B2"/>
     <w:rsid w:val="00481F34"/>
     <w:rsid w:val="00484C4D"/>
     <w:rsid w:val="004859CC"/>
     <w:rsid w:val="00486254"/>
     <w:rsid w:val="004870EA"/>
@@ -22965,109 +29090,112 @@
     <w:rsid w:val="004E297B"/>
     <w:rsid w:val="004E2C30"/>
     <w:rsid w:val="004E5B20"/>
     <w:rsid w:val="004E5BCF"/>
     <w:rsid w:val="004E5F17"/>
     <w:rsid w:val="004F0723"/>
     <w:rsid w:val="004F5B53"/>
     <w:rsid w:val="004F5EC1"/>
     <w:rsid w:val="00501CAC"/>
     <w:rsid w:val="00501FF8"/>
     <w:rsid w:val="00503B87"/>
     <w:rsid w:val="00503E9A"/>
     <w:rsid w:val="0051027A"/>
     <w:rsid w:val="00510AB2"/>
     <w:rsid w:val="00511286"/>
     <w:rsid w:val="005124F4"/>
     <w:rsid w:val="00514B83"/>
     <w:rsid w:val="005156FC"/>
     <w:rsid w:val="00515E6E"/>
     <w:rsid w:val="00516F1D"/>
     <w:rsid w:val="00521CB7"/>
     <w:rsid w:val="00527962"/>
     <w:rsid w:val="005305D2"/>
     <w:rsid w:val="0053137B"/>
     <w:rsid w:val="00537B84"/>
+    <w:rsid w:val="0054220C"/>
     <w:rsid w:val="00543532"/>
     <w:rsid w:val="00546CF1"/>
     <w:rsid w:val="0055159A"/>
     <w:rsid w:val="005519E3"/>
     <w:rsid w:val="00552EB7"/>
     <w:rsid w:val="005550B2"/>
     <w:rsid w:val="00561D29"/>
     <w:rsid w:val="00562129"/>
     <w:rsid w:val="0056235D"/>
     <w:rsid w:val="0056312C"/>
     <w:rsid w:val="00564F39"/>
     <w:rsid w:val="005658EE"/>
     <w:rsid w:val="00572096"/>
     <w:rsid w:val="0057292A"/>
     <w:rsid w:val="005729FD"/>
     <w:rsid w:val="00573041"/>
     <w:rsid w:val="00575286"/>
     <w:rsid w:val="0058185E"/>
     <w:rsid w:val="00581A50"/>
     <w:rsid w:val="005854A4"/>
     <w:rsid w:val="00586445"/>
     <w:rsid w:val="005875F0"/>
     <w:rsid w:val="00591053"/>
     <w:rsid w:val="005974AC"/>
     <w:rsid w:val="005A194A"/>
     <w:rsid w:val="005A2C61"/>
     <w:rsid w:val="005A2D63"/>
     <w:rsid w:val="005A334A"/>
     <w:rsid w:val="005A46BC"/>
     <w:rsid w:val="005A5A9A"/>
     <w:rsid w:val="005B0643"/>
     <w:rsid w:val="005B2B91"/>
     <w:rsid w:val="005B405B"/>
     <w:rsid w:val="005B55D6"/>
+    <w:rsid w:val="005B7B3E"/>
     <w:rsid w:val="005C2A02"/>
     <w:rsid w:val="005C32DB"/>
     <w:rsid w:val="005C4214"/>
     <w:rsid w:val="005C6384"/>
     <w:rsid w:val="005C7D42"/>
     <w:rsid w:val="005D57B6"/>
     <w:rsid w:val="005E060D"/>
     <w:rsid w:val="005E16EA"/>
     <w:rsid w:val="005E6AA1"/>
     <w:rsid w:val="005E713F"/>
     <w:rsid w:val="005F1AFB"/>
     <w:rsid w:val="005F20A2"/>
     <w:rsid w:val="005F563D"/>
     <w:rsid w:val="005F5A3F"/>
     <w:rsid w:val="005F70D4"/>
     <w:rsid w:val="0060010C"/>
     <w:rsid w:val="00601D77"/>
     <w:rsid w:val="00603BD0"/>
     <w:rsid w:val="00604D7C"/>
     <w:rsid w:val="00607CB1"/>
     <w:rsid w:val="00611E8B"/>
     <w:rsid w:val="0061590B"/>
     <w:rsid w:val="00624A5E"/>
     <w:rsid w:val="00624CC5"/>
     <w:rsid w:val="00630950"/>
+    <w:rsid w:val="00640E55"/>
     <w:rsid w:val="00647C01"/>
     <w:rsid w:val="00652B8C"/>
     <w:rsid w:val="006535DD"/>
     <w:rsid w:val="00654C92"/>
     <w:rsid w:val="006551AF"/>
     <w:rsid w:val="006559D1"/>
     <w:rsid w:val="00656EE8"/>
     <w:rsid w:val="0065705B"/>
     <w:rsid w:val="0065721D"/>
     <w:rsid w:val="00661A29"/>
     <w:rsid w:val="00665DD2"/>
     <w:rsid w:val="00665F2D"/>
     <w:rsid w:val="00666567"/>
     <w:rsid w:val="00666832"/>
     <w:rsid w:val="0066715D"/>
     <w:rsid w:val="0067612C"/>
     <w:rsid w:val="00682052"/>
     <w:rsid w:val="00683A0B"/>
     <w:rsid w:val="00685F82"/>
     <w:rsid w:val="0068738C"/>
     <w:rsid w:val="006913BE"/>
     <w:rsid w:val="00695833"/>
     <w:rsid w:val="006A102D"/>
     <w:rsid w:val="006A1ECF"/>
     <w:rsid w:val="006B0F53"/>
@@ -23111,107 +29239,110 @@
     <w:rsid w:val="0074001C"/>
     <w:rsid w:val="00740ED4"/>
     <w:rsid w:val="00741213"/>
     <w:rsid w:val="00742774"/>
     <w:rsid w:val="00744F6D"/>
     <w:rsid w:val="0075035E"/>
     <w:rsid w:val="00751340"/>
     <w:rsid w:val="00753744"/>
     <w:rsid w:val="00757402"/>
     <w:rsid w:val="00764FF7"/>
     <w:rsid w:val="007650E4"/>
     <w:rsid w:val="00766452"/>
     <w:rsid w:val="007705E3"/>
     <w:rsid w:val="007744ED"/>
     <w:rsid w:val="00774CE2"/>
     <w:rsid w:val="00774E0E"/>
     <w:rsid w:val="00775A8A"/>
     <w:rsid w:val="007829EE"/>
     <w:rsid w:val="00784D03"/>
     <w:rsid w:val="007850A9"/>
     <w:rsid w:val="00785EAB"/>
     <w:rsid w:val="007860D0"/>
     <w:rsid w:val="00787AB4"/>
     <w:rsid w:val="00791739"/>
     <w:rsid w:val="00791DFB"/>
+    <w:rsid w:val="0079313A"/>
     <w:rsid w:val="007931DB"/>
     <w:rsid w:val="00794040"/>
     <w:rsid w:val="0079742D"/>
     <w:rsid w:val="007A14B9"/>
     <w:rsid w:val="007A41B3"/>
     <w:rsid w:val="007A450A"/>
     <w:rsid w:val="007A50F0"/>
     <w:rsid w:val="007A522A"/>
     <w:rsid w:val="007B2091"/>
     <w:rsid w:val="007B26A7"/>
     <w:rsid w:val="007B38BD"/>
     <w:rsid w:val="007B76C9"/>
     <w:rsid w:val="007C11E5"/>
     <w:rsid w:val="007C216D"/>
     <w:rsid w:val="007C3529"/>
     <w:rsid w:val="007C3CCC"/>
     <w:rsid w:val="007D0E5D"/>
     <w:rsid w:val="007D67E7"/>
     <w:rsid w:val="007E16C4"/>
     <w:rsid w:val="007E2924"/>
     <w:rsid w:val="007E4D43"/>
     <w:rsid w:val="007E5234"/>
     <w:rsid w:val="007E61A3"/>
     <w:rsid w:val="007F1ECF"/>
     <w:rsid w:val="007F335E"/>
     <w:rsid w:val="007F33BC"/>
     <w:rsid w:val="007F6CBC"/>
     <w:rsid w:val="007F7CA0"/>
     <w:rsid w:val="00800C20"/>
     <w:rsid w:val="00801D75"/>
     <w:rsid w:val="0080593F"/>
     <w:rsid w:val="00807E93"/>
+    <w:rsid w:val="00810A7D"/>
     <w:rsid w:val="0081269C"/>
     <w:rsid w:val="00813F58"/>
     <w:rsid w:val="00815D70"/>
     <w:rsid w:val="00822D6D"/>
     <w:rsid w:val="00823159"/>
     <w:rsid w:val="00824998"/>
     <w:rsid w:val="00826854"/>
     <w:rsid w:val="00827FF1"/>
     <w:rsid w:val="008352CB"/>
     <w:rsid w:val="00836FAF"/>
     <w:rsid w:val="00837C27"/>
     <w:rsid w:val="00840F63"/>
     <w:rsid w:val="00842D60"/>
     <w:rsid w:val="00844EEA"/>
     <w:rsid w:val="00845768"/>
     <w:rsid w:val="00845973"/>
     <w:rsid w:val="0084790A"/>
     <w:rsid w:val="008505EA"/>
     <w:rsid w:val="0085064A"/>
     <w:rsid w:val="00852E7D"/>
     <w:rsid w:val="00853A96"/>
     <w:rsid w:val="00853F9F"/>
     <w:rsid w:val="008547DF"/>
     <w:rsid w:val="00856EFC"/>
     <w:rsid w:val="00857197"/>
+    <w:rsid w:val="00862442"/>
     <w:rsid w:val="00864022"/>
     <w:rsid w:val="008640CF"/>
     <w:rsid w:val="00864397"/>
     <w:rsid w:val="00867C92"/>
     <w:rsid w:val="0087154B"/>
     <w:rsid w:val="0087176C"/>
     <w:rsid w:val="00871C99"/>
     <w:rsid w:val="00872744"/>
     <w:rsid w:val="00873E58"/>
     <w:rsid w:val="00874A0E"/>
     <w:rsid w:val="008750A3"/>
     <w:rsid w:val="0088018B"/>
     <w:rsid w:val="008813FC"/>
     <w:rsid w:val="00884494"/>
     <w:rsid w:val="008850DB"/>
     <w:rsid w:val="008911D0"/>
     <w:rsid w:val="0089385D"/>
     <w:rsid w:val="00896EC3"/>
     <w:rsid w:val="00897B08"/>
     <w:rsid w:val="008A024F"/>
     <w:rsid w:val="008A4124"/>
     <w:rsid w:val="008A42A8"/>
     <w:rsid w:val="008A6C52"/>
     <w:rsid w:val="008A6EB1"/>
     <w:rsid w:val="008B1193"/>
@@ -23233,55 +29364,58 @@
     <w:rsid w:val="008F5BB5"/>
     <w:rsid w:val="008F6C38"/>
     <w:rsid w:val="008F7100"/>
     <w:rsid w:val="00900583"/>
     <w:rsid w:val="00900968"/>
     <w:rsid w:val="00901AA9"/>
     <w:rsid w:val="009022F8"/>
     <w:rsid w:val="00903B6B"/>
     <w:rsid w:val="0090495A"/>
     <w:rsid w:val="009100AD"/>
     <w:rsid w:val="00915706"/>
     <w:rsid w:val="0091680F"/>
     <w:rsid w:val="009176B6"/>
     <w:rsid w:val="009176F2"/>
     <w:rsid w:val="00920F6C"/>
     <w:rsid w:val="0092565D"/>
     <w:rsid w:val="0092590F"/>
     <w:rsid w:val="00927414"/>
     <w:rsid w:val="009326A0"/>
     <w:rsid w:val="0093276B"/>
     <w:rsid w:val="00934435"/>
     <w:rsid w:val="0093601C"/>
     <w:rsid w:val="0094094E"/>
     <w:rsid w:val="00941E0F"/>
     <w:rsid w:val="0094297F"/>
+    <w:rsid w:val="00943842"/>
+    <w:rsid w:val="00945B84"/>
     <w:rsid w:val="00945FC0"/>
     <w:rsid w:val="00947630"/>
     <w:rsid w:val="009477C8"/>
     <w:rsid w:val="009515A5"/>
     <w:rsid w:val="00951B46"/>
+    <w:rsid w:val="00954FE8"/>
     <w:rsid w:val="0095625F"/>
     <w:rsid w:val="009607FE"/>
     <w:rsid w:val="009615F1"/>
     <w:rsid w:val="00962D20"/>
     <w:rsid w:val="0096530C"/>
     <w:rsid w:val="00965B81"/>
     <w:rsid w:val="00966DB0"/>
     <w:rsid w:val="009772BE"/>
     <w:rsid w:val="00980B55"/>
     <w:rsid w:val="00982FE5"/>
     <w:rsid w:val="00983FC6"/>
     <w:rsid w:val="0098528D"/>
     <w:rsid w:val="00987AD1"/>
     <w:rsid w:val="009916D8"/>
     <w:rsid w:val="00996573"/>
     <w:rsid w:val="009A0C5F"/>
     <w:rsid w:val="009A21A9"/>
     <w:rsid w:val="009A4B94"/>
     <w:rsid w:val="009A6159"/>
     <w:rsid w:val="009A636B"/>
     <w:rsid w:val="009A7560"/>
     <w:rsid w:val="009B1092"/>
     <w:rsid w:val="009B2CFA"/>
     <w:rsid w:val="009B4C11"/>
     <w:rsid w:val="009B7F2C"/>
@@ -23294,90 +29428,92 @@
     <w:rsid w:val="009E5A6F"/>
     <w:rsid w:val="009F5B24"/>
     <w:rsid w:val="009F62BA"/>
     <w:rsid w:val="00A005EB"/>
     <w:rsid w:val="00A01C09"/>
     <w:rsid w:val="00A06141"/>
     <w:rsid w:val="00A11ACC"/>
     <w:rsid w:val="00A11EF1"/>
     <w:rsid w:val="00A13E19"/>
     <w:rsid w:val="00A206DE"/>
     <w:rsid w:val="00A20B62"/>
     <w:rsid w:val="00A26FD5"/>
     <w:rsid w:val="00A31878"/>
     <w:rsid w:val="00A36627"/>
     <w:rsid w:val="00A368E0"/>
     <w:rsid w:val="00A3755C"/>
     <w:rsid w:val="00A428C4"/>
     <w:rsid w:val="00A42ED8"/>
     <w:rsid w:val="00A521CF"/>
     <w:rsid w:val="00A52874"/>
     <w:rsid w:val="00A52B66"/>
     <w:rsid w:val="00A54059"/>
     <w:rsid w:val="00A552DD"/>
     <w:rsid w:val="00A5532D"/>
     <w:rsid w:val="00A55C6A"/>
+    <w:rsid w:val="00A60097"/>
     <w:rsid w:val="00A619B9"/>
     <w:rsid w:val="00A66F38"/>
     <w:rsid w:val="00A70D02"/>
     <w:rsid w:val="00A7110D"/>
     <w:rsid w:val="00A71761"/>
     <w:rsid w:val="00A71E56"/>
     <w:rsid w:val="00A721C5"/>
     <w:rsid w:val="00A7297F"/>
     <w:rsid w:val="00A7451D"/>
     <w:rsid w:val="00A77A2B"/>
     <w:rsid w:val="00A8050E"/>
     <w:rsid w:val="00A81D1A"/>
     <w:rsid w:val="00A83503"/>
     <w:rsid w:val="00A86133"/>
     <w:rsid w:val="00A86720"/>
     <w:rsid w:val="00A91274"/>
     <w:rsid w:val="00A93921"/>
     <w:rsid w:val="00A94C6E"/>
     <w:rsid w:val="00A971DA"/>
     <w:rsid w:val="00AA1CBC"/>
     <w:rsid w:val="00AA4D09"/>
     <w:rsid w:val="00AA7768"/>
     <w:rsid w:val="00AB1C61"/>
     <w:rsid w:val="00AB6363"/>
     <w:rsid w:val="00AC015A"/>
     <w:rsid w:val="00AC0455"/>
     <w:rsid w:val="00AC5024"/>
     <w:rsid w:val="00AC7771"/>
     <w:rsid w:val="00AD29E3"/>
     <w:rsid w:val="00AD5F13"/>
     <w:rsid w:val="00AE220F"/>
     <w:rsid w:val="00AE383C"/>
     <w:rsid w:val="00AE38C9"/>
     <w:rsid w:val="00AE3E72"/>
     <w:rsid w:val="00AE4B1B"/>
     <w:rsid w:val="00AE52C5"/>
     <w:rsid w:val="00AE6D15"/>
     <w:rsid w:val="00AF0FEF"/>
     <w:rsid w:val="00AF369C"/>
     <w:rsid w:val="00AF37BE"/>
+    <w:rsid w:val="00AF458C"/>
     <w:rsid w:val="00AF5E82"/>
     <w:rsid w:val="00AF6C49"/>
     <w:rsid w:val="00AF701F"/>
     <w:rsid w:val="00B01B08"/>
     <w:rsid w:val="00B10A15"/>
     <w:rsid w:val="00B10C70"/>
     <w:rsid w:val="00B11351"/>
     <w:rsid w:val="00B12E06"/>
     <w:rsid w:val="00B12E9B"/>
     <w:rsid w:val="00B16EF8"/>
     <w:rsid w:val="00B2031A"/>
     <w:rsid w:val="00B204F5"/>
     <w:rsid w:val="00B212BF"/>
     <w:rsid w:val="00B2308F"/>
     <w:rsid w:val="00B26840"/>
     <w:rsid w:val="00B33932"/>
     <w:rsid w:val="00B33A6B"/>
     <w:rsid w:val="00B33EC7"/>
     <w:rsid w:val="00B34983"/>
     <w:rsid w:val="00B36A30"/>
     <w:rsid w:val="00B37C1A"/>
     <w:rsid w:val="00B41ACA"/>
     <w:rsid w:val="00B42484"/>
     <w:rsid w:val="00B432D1"/>
     <w:rsid w:val="00B44693"/>
@@ -23640,59 +29776,61 @@
     <w:rsid w:val="00F43187"/>
     <w:rsid w:val="00F452BF"/>
     <w:rsid w:val="00F474D7"/>
     <w:rsid w:val="00F52D00"/>
     <w:rsid w:val="00F53F0C"/>
     <w:rsid w:val="00F55987"/>
     <w:rsid w:val="00F55CB9"/>
     <w:rsid w:val="00F56A06"/>
     <w:rsid w:val="00F573CE"/>
     <w:rsid w:val="00F62E34"/>
     <w:rsid w:val="00F63C17"/>
     <w:rsid w:val="00F64590"/>
     <w:rsid w:val="00F64F86"/>
     <w:rsid w:val="00F74A87"/>
     <w:rsid w:val="00F758A3"/>
     <w:rsid w:val="00F8233A"/>
     <w:rsid w:val="00F837CE"/>
     <w:rsid w:val="00F86F6C"/>
     <w:rsid w:val="00F870C7"/>
     <w:rsid w:val="00F874B3"/>
     <w:rsid w:val="00F90F7D"/>
     <w:rsid w:val="00F932FE"/>
     <w:rsid w:val="00F94A8D"/>
     <w:rsid w:val="00F957F6"/>
     <w:rsid w:val="00FA044F"/>
+    <w:rsid w:val="00FA3802"/>
     <w:rsid w:val="00FA38EC"/>
     <w:rsid w:val="00FA4D02"/>
     <w:rsid w:val="00FA5212"/>
     <w:rsid w:val="00FB1DAF"/>
     <w:rsid w:val="00FB2722"/>
     <w:rsid w:val="00FB3280"/>
     <w:rsid w:val="00FB338C"/>
     <w:rsid w:val="00FB697F"/>
     <w:rsid w:val="00FB7968"/>
+    <w:rsid w:val="00FB7A84"/>
     <w:rsid w:val="00FC3623"/>
     <w:rsid w:val="00FC3852"/>
     <w:rsid w:val="00FC4233"/>
     <w:rsid w:val="00FC6B45"/>
     <w:rsid w:val="00FD01E4"/>
     <w:rsid w:val="00FD0748"/>
     <w:rsid w:val="00FD1979"/>
     <w:rsid w:val="00FE12A1"/>
     <w:rsid w:val="00FE1588"/>
     <w:rsid w:val="00FE1E9D"/>
     <w:rsid w:val="00FE40BB"/>
     <w:rsid w:val="00FE5173"/>
     <w:rsid w:val="00FE7244"/>
     <w:rsid w:val="00FF4084"/>
     <w:rsid w:val="00FF4FB4"/>
     <w:rsid w:val="00FF6F0C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -24745,79 +30883,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21496856-56E4-4460-A5B3-78C9679233A3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B5FD181-7325-4F0B-BE77-DEF32311BA77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>16229</Characters>
+  <Pages>1</Pages>
+  <Words>2993</Words>
+  <Characters>17066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19038</CharactersWithSpaces>
+  <CharactersWithSpaces>20019</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Приемная</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>